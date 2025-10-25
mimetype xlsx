--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5215767cc94489a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8c990319b924b12" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d1fc10b408542e8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re678c4794a2a4556"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf875b6afb9c44a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d1fc10b408542e8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf6ec380958e5423e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re678c4794a2a4556" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Small &amp; Mid Cap</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LHD1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,857</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,291</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,783</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,823</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,517</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,244</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>