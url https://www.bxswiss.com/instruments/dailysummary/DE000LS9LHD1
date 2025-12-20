--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8c990319b924b12" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23a6b1ff36ef4186" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re678c4794a2a4556"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd0b71abd68b451b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf6ec380958e5423e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re678c4794a2a4556" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7cd6c156e4d14d1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd0b71abd68b451b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Small &amp; Mid Cap</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LHD1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>152,244</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,475</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>