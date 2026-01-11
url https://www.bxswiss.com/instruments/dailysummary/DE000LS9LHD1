--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23a6b1ff36ef4186" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5db026271d045a6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd0b71abd68b451b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac637167aef74af2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7cd6c156e4d14d1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd0b71abd68b451b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b7fefa0723f4ce7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac637167aef74af2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Small &amp; Mid Cap</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LHD1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,176</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,602</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,566</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,602</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,286</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,843</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,989</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,654</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>