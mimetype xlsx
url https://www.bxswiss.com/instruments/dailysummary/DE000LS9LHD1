--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5db026271d045a6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd9ba609270b844a7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac637167aef74af2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd981ff077649472c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b7fefa0723f4ce7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac637167aef74af2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a116b53f7be4b1d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd981ff077649472c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Small &amp; Mid Cap</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LHD1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>140,654</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,003</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>