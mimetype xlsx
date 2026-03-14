--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd9ba609270b844a7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc228c350da5d4fa4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd981ff077649472c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50c4e98b7a594670"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a116b53f7be4b1d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd981ff077649472c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67f76f97fd3049a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50c4e98b7a594670" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Small &amp; Mid Cap</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LHD1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,959</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,536</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,891</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,812</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,245</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>