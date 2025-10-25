--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d67261140fe4358" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f87f8a1c4a744ea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec7a5b71c06a4aa1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R01d7701e625e4c7a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4155f21bd9394a59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec7a5b71c06a4aa1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98e494a32e5d49fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R01d7701e625e4c7a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Biotech Forever</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LHA7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,155 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...103 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25.09.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26.09.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
@@ -324,31 +219,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,258</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,796</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,944</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>