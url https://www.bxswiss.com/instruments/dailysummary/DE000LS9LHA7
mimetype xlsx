--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f87f8a1c4a744ea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91877bbcebc14084" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R01d7701e625e4c7a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R869e25c40f384cf5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98e494a32e5d49fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R01d7701e625e4c7a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8914e02ae054946" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R869e25c40f384cf5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Biotech Forever</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LHA7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,506 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...129 lines deleted...]
-          <x:t>08.10.2025</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,988</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,944</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>90,417</x:t>
-[...31 lines deleted...]
-          <x:t>89,318</x:t>
+          <x:t>88,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,856</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>87,944</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,240</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>