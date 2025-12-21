--- v2 (2025-11-15)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91877bbcebc14084" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88dca836cd484b77" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R869e25c40f384cf5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26230c9b52614a0e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8914e02ae054946" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R869e25c40f384cf5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd3e4d95076144471" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26230c9b52614a0e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Biotech Forever</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LHA7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...269 lines deleted...]
-          <x:t>28.10.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,362</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,665</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...362 lines deleted...]
-          <x:t>89,240</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,458</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>