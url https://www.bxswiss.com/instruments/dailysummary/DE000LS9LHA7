--- v3 (2025-12-21)
+++ v4 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88dca836cd484b77" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb736372d2f744a6d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26230c9b52614a0e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R93e254e7205b4576"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd3e4d95076144471" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26230c9b52614a0e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra294d844f8964d24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R93e254e7205b4576" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Biotech Forever</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LHA7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,462</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,063</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,094</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,199</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,534</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>