--- v4 (2026-01-12)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb736372d2f744a6d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2762711570141b2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R93e254e7205b4576"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reea0766802cc4eec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra294d844f8964d24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R93e254e7205b4576" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb97a9d8ca1964698" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reea0766802cc4eec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Biotech Forever</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LHA7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>87,534</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,459</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>