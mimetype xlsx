--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R034b0ca5dfe6457f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re56b1b82daa84180" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe2f0628b2f94fb8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3911485cf043439d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e250bb1613048bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe2f0628b2f94fb8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfea70efc93b242ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3911485cf043439d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SFC Anlagestrategie Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LH78</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.296,796</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.297,746</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.295,527</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.296,803</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.296,958</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.297,596</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.294,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.294,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.294,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.294,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.291,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.291,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.291,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.291,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.289,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.290,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.290,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.292,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.288,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.290,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.292,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.293,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.289,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.291,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.292,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.293,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.290,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.290,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.290,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.291,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.289,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.290,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.287,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.289,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.286,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.288,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.289,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.290,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.286,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.286,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.286,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.289,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.285,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.286,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.279,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.283,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.279,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.280,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.283,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.283,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.277,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.279,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.277,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.280,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.277,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.279,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.280,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.280,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.278,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.279,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.281,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.282,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.280,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.280,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.279,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.282,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.279,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.282,059</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>