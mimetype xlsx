--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re56b1b82daa84180" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5346e6e070334adc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3911485cf043439d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf0ec36d56e16469d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfea70efc93b242ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3911485cf043439d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b70bd1b0c0c444f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf0ec36d56e16469d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SFC Anlagestrategie Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LH78</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>1.282,059</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.276,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.282,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.276,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.281,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.282,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.287,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.281,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.286,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.286,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.288,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.285,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.286,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.285,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.289,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.284,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.289,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.290,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.291,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.288,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.289,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.290,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.294,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.290,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.293,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.291,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.294,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.291,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.292,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.292,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.294,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.291,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.292,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.291,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.292,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.289,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.290,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.291,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.293,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.290,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.292,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.292,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.292,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.291,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.292,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.292,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.294,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.291,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.292,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.293,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.294,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.292,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.294,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.295,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.297,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.294,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.296,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.296,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.300,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.296,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.299,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.299,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.300,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.297,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.298,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.293,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.294,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.293,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.294,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.294,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.294,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.290,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.291,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.291,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.293,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.290,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.292,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.294,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.295,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.292,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.294,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.296,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.296,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.293,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.294,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.294,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.294,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.290,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.292,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.291,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.292,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.288,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.288,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.288,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.290,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.288,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.289,785</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>