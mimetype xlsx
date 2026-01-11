--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5346e6e070334adc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd43370a1ad04179" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf0ec36d56e16469d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R049bd297d8bb4dee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b70bd1b0c0c444f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf0ec36d56e16469d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4ef2f8d82d84ff7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R049bd297d8bb4dee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SFC Anlagestrategie Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LH78</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...63 lines deleted...]
-          <x:t>1.288,694</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.293,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.294,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.293,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.294,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.294,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.294,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.290,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.291,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.291,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.293,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.290,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.292,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.294,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.295,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.292,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.294,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.296,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.296,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.293,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.294,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.294,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.294,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.290,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.292,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.291,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.292,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.288,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.288,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.288,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.290,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.288,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.289,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.289,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.290,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.287,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.289,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.287,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.288,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.284,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.286,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.285,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.287,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.284,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.285,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.285,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.285,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.283,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.285,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.285,557</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.286,623</x:t>
-[...566 lines deleted...]
-          <x:t>1.289,785</x:t>
+          <x:t>1.287,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.283,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.284,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.283,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.286,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.283,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.286,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.286,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.288,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.285,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.288,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.288,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.289,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.287,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.288,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.288,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.289,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.287,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.289,406</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>