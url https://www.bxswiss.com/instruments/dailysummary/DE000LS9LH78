--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd43370a1ad04179" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65b91f46f2044e4b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R049bd297d8bb4dee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb2c156a80652405e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4ef2f8d82d84ff7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R049bd297d8bb4dee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdad999cb6d6c4fdd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb2c156a80652405e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SFC Anlagestrategie Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LH78</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>1.289,406</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.281,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.283,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.279,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.281,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.282,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.285,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.280,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.284,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.282,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.284,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.282,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.283,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.283,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.284,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.282,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.282,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.274,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.275,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.271,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.274,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.275,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.276,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.267,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.269,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.268,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.273,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.267,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.270,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.269,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.269,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.266,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.266,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.266,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.268,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.264,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.266,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.266,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.274,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.266,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.272,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.268,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.269,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.264,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.265,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.268,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.269,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.266,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.266,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.268,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.268,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.263,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.267,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.268,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.268,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.266,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.266,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.266,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.266,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.261,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.262,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.262,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.262,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.256,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.260,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.260,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.267,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.260,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.265,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.263,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.263,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.259,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.260,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.262,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.262,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.259,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.260,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.259,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.262,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.259,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.260,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.259,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.262,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.258,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.261,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.261,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.262,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.259,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.260,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.259,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.260,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.258,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.260,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.260,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.263,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.259,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.261,888</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>