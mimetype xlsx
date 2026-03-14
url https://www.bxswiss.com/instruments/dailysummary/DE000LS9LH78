--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65b91f46f2044e4b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7bfb000f04d344be" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb2c156a80652405e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R69c6b2de2318454c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdad999cb6d6c4fdd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb2c156a80652405e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c029a657f9b4cc6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R69c6b2de2318454c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SFC Anlagestrategie Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LH78</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.262,202</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.262,374</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.256,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.260,294</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.260,077</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.263,173</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.259,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.261,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.262,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.264,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.260,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.261,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.260,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.261,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.258,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.259,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.259,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.261,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.258,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.259,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.260,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.264,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.260,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.260,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.261,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.261,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.251,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.255,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.250,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.261,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.250,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.259,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.260,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.260,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.252,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.253,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.251,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.256,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.251,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.253,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.250,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.253,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.249,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.250,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.250,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.250,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.245,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.246,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.240,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.246,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.240,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.246,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.248,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.248,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.246,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.248,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.246,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.248,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.244,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.246,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.247,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.248,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.244,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.247,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.247,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.248,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.245,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.247,459</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>