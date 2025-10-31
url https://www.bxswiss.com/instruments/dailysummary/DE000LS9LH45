--- v0 (2025-10-05)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76b36cdd4b004ad1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89fafb6ce8e64c62" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5772f667aea344bc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc8e9c73681d4618"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e5dc9605d834a28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5772f667aea344bc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9da604824c724904" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc8e9c73681d4618" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>cLever handeln</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LH45</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...36 lines deleted...]
-          <x:t>84,606</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,994</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>84,446</x:t>
-[...102 lines deleted...]
-          <x:t>84,205</x:t>
+          <x:t>84,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,409</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,245</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...455 lines deleted...]
-          <x:t>84,761</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,474</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>