--- v1 (2025-10-31)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89fafb6ce8e64c62" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R090f358247484de3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc8e9c73681d4618"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd97ccd58de864307"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9da604824c724904" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc8e9c73681d4618" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58afa365c8fe41e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd97ccd58de864307" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>cLever handeln</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LH45</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...365 lines deleted...]
-          <x:t>83,728</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,028</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,100</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.10.2025</x:t>
-[...262 lines deleted...]
-          <x:t>83,474</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,834</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>