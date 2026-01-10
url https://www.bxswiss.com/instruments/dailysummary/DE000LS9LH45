--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R090f358247484de3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2fffd0826a734183" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd97ccd58de864307"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b95d0bb89e748b0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58afa365c8fe41e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd97ccd58de864307" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc02577d2160b48cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b95d0bb89e748b0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>cLever handeln</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LH45</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...134 lines deleted...]
-          <x:t>25.11.2025</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,678</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,376</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>82,987</x:t>
-[...495 lines deleted...]
-          <x:t>82,834</x:t>
+          <x:t>82,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,543</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>