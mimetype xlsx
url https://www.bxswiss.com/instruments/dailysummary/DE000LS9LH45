--- v3 (2026-01-10)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2fffd0826a734183" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e1e2ac0694b42f0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b95d0bb89e748b0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc0f7cedfa9a4377"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc02577d2160b48cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b95d0bb89e748b0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R54c09969f79041e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc0f7cedfa9a4377" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>cLever handeln</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LH45</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>84,543</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,954</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>