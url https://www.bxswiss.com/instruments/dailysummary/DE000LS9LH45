--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e1e2ac0694b42f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde4c40c7b2904035" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc0f7cedfa9a4377"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R008041e1164444e4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R54c09969f79041e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc0f7cedfa9a4377" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e38f6699c7245cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R008041e1164444e4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>cLever handeln</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LH45</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...171 lines deleted...]
-          <x:t>82,424</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>82,224</x:t>
-[...394 lines deleted...]
-          <x:t>81,810</x:t>
+          <x:t>82,279</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,516</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>81,736</x:t>
-[...26 lines deleted...]
-          <x:t>81,954</x:t>
+          <x:t>81,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,547</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>