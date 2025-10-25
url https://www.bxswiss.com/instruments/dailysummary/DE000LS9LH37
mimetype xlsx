--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07db30ad4359496a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re860885192d349cf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf2f52ba2e8d54fdc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R22f5227b1c02424b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb6859870481640f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf2f52ba2e8d54fdc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R994d67e8db5c470f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R22f5227b1c02424b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Mittelkonzerne</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LH37</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,887</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,967</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,797</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,868</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,963</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,793</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,189</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>