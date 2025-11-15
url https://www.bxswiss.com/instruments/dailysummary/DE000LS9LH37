--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re860885192d349cf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29d6780f5a8541f2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R22f5227b1c02424b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2c1c7f8bd4349b3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R994d67e8db5c470f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R22f5227b1c02424b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa31bfb46fe34510" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2c1c7f8bd4349b3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Mittelkonzerne</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LH37</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,744</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,827</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,603</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,838</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,189</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,828</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,833</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>