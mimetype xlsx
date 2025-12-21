--- v2 (2025-11-15)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29d6780f5a8541f2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra197b55d1d764aca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2c1c7f8bd4349b3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb990f17035a454c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa31bfb46fe34510" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2c1c7f8bd4349b3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e3ef6d50a514e0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb990f17035a454c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Mittelkonzerne</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LH37</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...26 lines deleted...]
-          <x:t>15.10.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,290</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...401 lines deleted...]
-          <x:t>78,575</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,006</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,711</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>78,516</x:t>
-[...193 lines deleted...]
-          <x:t>77,833</x:t>
+          <x:t>78,927</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>