--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra197b55d1d764aca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb98430323d884f2a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb990f17035a454c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb204728be054735"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e3ef6d50a514e0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb990f17035a454c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8cea8b69f1684245" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb204728be054735" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Mittelkonzerne</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LH37</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...166 lines deleted...]
-          <x:t>78,662</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,927</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,960</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>28.11.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>79,191</x:t>
-[...323 lines deleted...]
-          <x:t>79,187</x:t>
+          <x:t>78,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,711</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,927</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...82 lines deleted...]
-          <x:t>78,927</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,969</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>