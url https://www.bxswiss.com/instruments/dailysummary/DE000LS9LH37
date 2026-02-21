--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb98430323d884f2a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f2634f830674fdd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb204728be054735"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R18b6cf02b4804d43"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8cea8b69f1684245" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb204728be054735" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1531880b37794d92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R18b6cf02b4804d43" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Mittelkonzerne</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LH37</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>79,969</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,102</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>