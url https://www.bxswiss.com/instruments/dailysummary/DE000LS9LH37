--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f2634f830674fdd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19670b02fe3d4223" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R18b6cf02b4804d43"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd7385557404f4b25"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1531880b37794d92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R18b6cf02b4804d43" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec067b3ab4634a72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd7385557404f4b25" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Mittelkonzerne</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LH37</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,463 +149,58 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...122 lines deleted...]
-          <x:t>80,112</x:t>
+          <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,415</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...280 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,571</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,328</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,641</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,844</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,827</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,978</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>