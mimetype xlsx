--- v0 (2025-10-08)
+++ v1 (2025-11-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4335c46a158346f4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R447b8f82abe24b50" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra05074e01dbd4b55"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R52b0b720a2694188"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R235bbe481ce844ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra05074e01dbd4b55" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3fef66bfdd1f49f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R52b0b720a2694188" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien Medtech Biotech Pharma</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LGZ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>179,300</x:t>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,147</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>