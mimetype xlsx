--- v1 (2025-11-10)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R447b8f82abe24b50" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc5187c958f64a83" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R52b0b720a2694188"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R508fee07dbcd441d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3fef66bfdd1f49f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R52b0b720a2694188" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf34ea0f1efe24599" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R508fee07dbcd441d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien Medtech Biotech Pharma</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LGZ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.10.2025</x:t>
-[...586 lines deleted...]
-          <x:t>183,147</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,947</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>