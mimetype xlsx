--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc5187c958f64a83" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c17ccc7a64a47f0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R508fee07dbcd441d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R441e7551a9554fe2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf34ea0f1efe24599" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R508fee07dbcd441d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde7127a75aaa4149" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R441e7551a9554fe2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien Medtech Biotech Pharma</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LGZ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,039</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,278</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,243</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,097</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,117</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,440</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>