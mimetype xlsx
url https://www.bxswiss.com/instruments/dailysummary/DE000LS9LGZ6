--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c17ccc7a64a47f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56d467f4af6945ff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R441e7551a9554fe2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12afd4cb0376451d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde7127a75aaa4149" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R441e7551a9554fe2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4197b58490e04cdc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12afd4cb0376451d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien Medtech Biotech Pharma</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LGZ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...215 lines deleted...]
-          <x:t>22.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,398</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,545</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...227 lines deleted...]
-          <x:t>193,440</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,664</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>