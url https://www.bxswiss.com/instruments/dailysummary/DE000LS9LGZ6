--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56d467f4af6945ff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde6e16dc0f964917" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12afd4cb0376451d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3983d33bb7a34578"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4197b58490e04cdc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12afd4cb0376451d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9762fa3ebe04825" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3983d33bb7a34578" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien Medtech Biotech Pharma</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LGZ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,356</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,356</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,919</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,199</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,653</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,629</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>