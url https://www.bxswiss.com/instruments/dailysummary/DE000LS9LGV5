--- v0 (2025-10-24)
+++ v1 (2025-12-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9fea9f5ddbc4d8f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R145ac6cde9d6493b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e5851da07374ff7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R811dc41da0dc47ca"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb89a71bb7de4cca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e5851da07374ff7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra369107995be47f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R811dc41da0dc47ca" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Go 4 Goldwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LGV5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>116,067</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,994</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>