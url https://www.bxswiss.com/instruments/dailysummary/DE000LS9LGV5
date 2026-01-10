--- v1 (2025-12-19)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R145ac6cde9d6493b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78f5d1db966a4fd6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R811dc41da0dc47ca"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re049c08e10de4ca0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra369107995be47f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R811dc41da0dc47ca" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rebd0b89390074b68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re049c08e10de4ca0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Go 4 Goldwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LGV5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,426</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,067</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,188</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,636</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,301 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,171</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,882</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,590</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>