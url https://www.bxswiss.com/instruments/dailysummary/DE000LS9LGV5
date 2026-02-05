--- v2 (2026-01-10)
+++ v3 (2026-02-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78f5d1db966a4fd6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R253a25ab52374e64" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re049c08e10de4ca0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ec9d5d2d66045d8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rebd0b89390074b68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re049c08e10de4ca0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0e0d620ef1149d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ec9d5d2d66045d8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Go 4 Goldwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LGV5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,401 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...349 lines deleted...]
-        <x:is>
           <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,172</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,098</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,904</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,866</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -629,31 +278,517 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,929</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,598</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,688</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,004</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>