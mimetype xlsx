--- v3 (2026-02-05)
+++ v4 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R253a25ab52374e64" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd295b1d3ea248f8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ec9d5d2d66045d8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa740c0216d1486b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0e0d620ef1149d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ec9d5d2d66045d8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a58b341a7354752" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa740c0216d1486b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Go 4 Goldwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LGV5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,848</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,233</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,530</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>04.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,918</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,122</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,479</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>