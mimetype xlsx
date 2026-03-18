--- v4 (2026-02-25)
+++ v5 (2026-03-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd295b1d3ea248f8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94c0f977e904404b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa740c0216d1486b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d7f53e3a1f74e52"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a58b341a7354752" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa740c0216d1486b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R70b5833117e1443c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d7f53e3a1f74e52" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Go 4 Goldwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LGV5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,457</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,303</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,434</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,506</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,192</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,281</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>