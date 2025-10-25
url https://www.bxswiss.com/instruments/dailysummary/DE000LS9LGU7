--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6d38aaeec8a40d7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc04170459daf4bf3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R183f8b832c4146a1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c1bbb0f64634098"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6958efe59fed43fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R183f8b832c4146a1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R587eb8a150184f54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c1bbb0f64634098" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trend MediTech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LGU7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...134 lines deleted...]
-          <x:t>09.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,257</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,202</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>123,794</x:t>
-[...495 lines deleted...]
-          <x:t>124,131</x:t>
+          <x:t>124,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,389</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>