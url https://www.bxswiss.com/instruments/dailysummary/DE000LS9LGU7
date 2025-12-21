--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc04170459daf4bf3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf53641e89cd04d2a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c1bbb0f64634098"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd9f1c8b93ef4552"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R587eb8a150184f54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c1bbb0f64634098" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6466664835684195" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd9f1c8b93ef4552" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trend MediTech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LGU7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>127,389</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,391</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>