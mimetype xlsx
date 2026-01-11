--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf53641e89cd04d2a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reeedb963a7ad40a5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd9f1c8b93ef4552"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd6181cc0c5914771"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6466664835684195" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd9f1c8b93ef4552" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5191e7eee58c4c6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd6181cc0c5914771" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trend MediTech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LGU7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...90 lines deleted...]
-          <x:t>128,615</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,983</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,286</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>128,535</x:t>
-[...512 lines deleted...]
-          <x:t>126,391</x:t>
+          <x:t>126,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,787</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>