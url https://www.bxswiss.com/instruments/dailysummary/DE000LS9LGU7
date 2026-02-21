--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reeedb963a7ad40a5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8cddeada0dc4530" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd6181cc0c5914771"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1472acc3309d45fe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5191e7eee58c4c6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd6181cc0c5914771" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R859c91568f684704" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1472acc3309d45fe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trend MediTech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LGU7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>130,787</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,686</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>