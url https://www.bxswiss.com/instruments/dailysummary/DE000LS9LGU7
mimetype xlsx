--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8cddeada0dc4530" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra11adc59f78a46b7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1472acc3309d45fe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7114e24a26c442c6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R859c91568f684704" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1472acc3309d45fe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R595ed2ad6bef4ea7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7114e24a26c442c6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trend MediTech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LGU7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...284 lines deleted...]
-          <x:t>121,523</x:t>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,828</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,012</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>122,720</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,621</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>121,871</x:t>
-[...296 lines deleted...]
-          <x:t>122,686</x:t>
+          <x:t>121,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,962</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>