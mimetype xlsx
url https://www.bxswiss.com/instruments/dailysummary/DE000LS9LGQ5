--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b158e5536144277" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69c5a9d3dd7c4ff7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d13ec6f75024134"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e5db9112fa24258"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd082f8eaaf28412d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d13ec6f75024134" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc40163b086ae4411" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e5db9112fa24258" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Games of Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LGQ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>232,607</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>232,954</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>232,188</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>232,476</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>238,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>238,289</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>237,264</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>237,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,948</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>