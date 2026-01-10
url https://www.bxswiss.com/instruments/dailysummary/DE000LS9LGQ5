--- v1 (2025-10-25)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69c5a9d3dd7c4ff7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R658e335621b643d1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e5db9112fa24258"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b32387699bf485c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc40163b086ae4411" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e5db9112fa24258" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30053db0374f43df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b32387699bf485c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Games of Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LGQ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>234,948</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,170</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>