--- v2 (2026-01-10)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R658e335621b643d1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33fc8aecad4d47ea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b32387699bf485c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1a15e97080c4d52"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30053db0374f43df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b32387699bf485c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec1b8b4b1c7b418e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1a15e97080c4d52" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Games of Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LGQ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>218,170</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,917</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>