--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33fc8aecad4d47ea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf17c531da601494a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1a15e97080c4d52"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re8905de2a6814d56"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec1b8b4b1c7b418e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1a15e97080c4d52" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5fdae8605d52409f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re8905de2a6814d56" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Games of Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LGQ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,848</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,801</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,591</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,404</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,354</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,311</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,414</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,322</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>