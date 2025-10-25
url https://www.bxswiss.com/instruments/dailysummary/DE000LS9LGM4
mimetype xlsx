--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re994b3f999ee4d4f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd800639527b447ea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra574e2d0cf314422"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a1b34dfd3e44945"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1d37d3d47ce44eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra574e2d0cf314422" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdfe4590f7ffe410c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a1b34dfd3e44945" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fishfarming &amp; Seafood</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LGM4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,559 +149,154 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...198 lines deleted...]
-          <x:t>103,504</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,797</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,012</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...300 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,899</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,512</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,081</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,695</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,693</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,908</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,028</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>