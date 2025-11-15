--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd800639527b447ea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rebb27523311c4144" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a1b34dfd3e44945"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc6ea46016cc4043"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdfe4590f7ffe410c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a1b34dfd3e44945" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05fecd5d033b49b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc6ea46016cc4043" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fishfarming &amp; Seafood</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LGM4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...41 lines deleted...]
-          <x:t>102,848</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,380</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...590 lines deleted...]
-          <x:t>107,028</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,323</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>