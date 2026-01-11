--- v2 (2025-11-15)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rebb27523311c4144" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6befc2d27e24b0e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc6ea46016cc4043"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rabd2102fbd9249af"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05fecd5d033b49b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc6ea46016cc4043" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a678ed12cb746b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rabd2102fbd9249af" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fishfarming &amp; Seafood</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LGM4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...279 lines deleted...]
-          <x:t>105,857</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,596</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>105,489</x:t>
-[...350 lines deleted...]
-          <x:t>100,323</x:t>
+          <x:t>105,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,917</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>