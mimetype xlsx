--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6befc2d27e24b0e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90a0beb52c61453a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rabd2102fbd9249af"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfdcf22a7f183438c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a678ed12cb746b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rabd2102fbd9249af" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d617564cf244b6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfdcf22a7f183438c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fishfarming &amp; Seafood</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LGM4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...36 lines deleted...]
-          <x:t>104,686</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,584</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,706</x:t>
-[...404 lines deleted...]
-          <x:t>103,917</x:t>
+          <x:t>104,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,102</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>