--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90a0beb52c61453a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34bb58ba85794011" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfdcf22a7f183438c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R64ecab44d888487c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d617564cf244b6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfdcf22a7f183438c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2c6eb844dcd4035" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R64ecab44d888487c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fishfarming &amp; Seafood</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LGM4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,046</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,121</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,858</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,378</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,118</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,198</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,886</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>