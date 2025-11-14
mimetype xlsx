--- v0 (2025-10-24)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Radcefa7b3c4a4fdd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f3fdb5f57a743ad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1dc16e43d65413a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0088a8cb5e8a4691"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13edf7bdf8764b62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1dc16e43d65413a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re718b701060a48c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0088a8cb5e8a4691" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Young Dividends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LGK8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>136,037</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,043</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>135,750</x:t>
-[...620 lines deleted...]
-          <x:t>136,815</x:t>
+          <x:t>135,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,173</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>