--- v1 (2025-11-14)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f3fdb5f57a743ad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04387bf9cfb14498" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0088a8cb5e8a4691"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4cd11cc74ce04184"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re718b701060a48c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0088a8cb5e8a4691" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97dd545569944180" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4cd11cc74ce04184" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Young Dividends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LGK8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>135,173</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,206</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>