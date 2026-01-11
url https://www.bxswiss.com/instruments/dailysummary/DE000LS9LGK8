--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04387bf9cfb14498" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2911357b8e67438c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4cd11cc74ce04184"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1567efdf11246ed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97dd545569944180" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4cd11cc74ce04184" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e443b55e29d44b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1567efdf11246ed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Young Dividends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LGK8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,581 +149,176 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...203 lines deleted...]
-          <x:t>134,245</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,474</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,515</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...317 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,719</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,677</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,997</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,498</x:t>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,647</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,252</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,636</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,511</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>