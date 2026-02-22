--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2911357b8e67438c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7460a68774d64513" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1567efdf11246ed"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R568e325c03014f5c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e443b55e29d44b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1567efdf11246ed" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf8380d9f99c45ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R568e325c03014f5c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Young Dividends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LGK8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>137,511</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,080</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>