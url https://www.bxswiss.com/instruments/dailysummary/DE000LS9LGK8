--- v4 (2026-02-22)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7460a68774d64513" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4aab8d4bc0114edc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R568e325c03014f5c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7df0261ef4974417"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf8380d9f99c45ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R568e325c03014f5c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14e1958dc26e4f1d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7df0261ef4974417" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Young Dividends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LGK8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,521</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,802</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,501</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,842</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,827</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,352</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>