--- v0 (2025-10-05)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc3587bf578e4774" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf1d3233c10d431f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa31bbe9bc5949f2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e7b564b71ec4666"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b6778d1af934b57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa31bbe9bc5949f2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad50fd5aa2414412" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e7b564b71ec4666" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Micro und Smallcap Fundamental</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LGJ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...149 lines deleted...]
-          <x:t>135,556</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,408</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,579</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>11.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,546</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...234 lines deleted...]
-          <x:t>24.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,425</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...200 lines deleted...]
-          <x:t>135,046</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,527</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>