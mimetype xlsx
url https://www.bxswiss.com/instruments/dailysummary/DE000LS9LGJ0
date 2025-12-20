--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf1d3233c10d431f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra08806fd1df34ba1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e7b564b71ec4666"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5395b948345b4f8b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad50fd5aa2414412" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e7b564b71ec4666" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra40ebb2722ba43f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5395b948345b4f8b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Micro und Smallcap Fundamental</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LGJ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...58 lines deleted...]
-          <x:t>133,666</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,118</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,617</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>133,268</x:t>
-[...571 lines deleted...]
-          <x:t>131,527</x:t>
+          <x:t>133,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,829</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>