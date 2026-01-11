--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra08806fd1df34ba1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24460f46b428471a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5395b948345b4f8b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R70a4a8f535b140b6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra40ebb2722ba43f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5395b948345b4f8b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R562d57358e19449d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R70a4a8f535b140b6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Micro und Smallcap Fundamental</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LGJ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,404</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,663</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,291</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,661</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,252</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,449</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,519</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,181</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>