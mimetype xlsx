--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24460f46b428471a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a81e6eb0fd34d50" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R70a4a8f535b140b6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd21e28c5f81643ec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R562d57358e19449d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R70a4a8f535b140b6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3121393cc6084191" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd21e28c5f81643ec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Micro und Smallcap Fundamental</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LGJ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>135,181</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,740</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>