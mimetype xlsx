--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a81e6eb0fd34d50" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ca269fda8864a58" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd21e28c5f81643ec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85a15c0563e346da"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3121393cc6084191" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd21e28c5f81643ec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R16b2da1668c94345" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85a15c0563e346da" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Micro und Smallcap Fundamental</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LGJ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,716</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,869</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,782</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,697</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,550</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>