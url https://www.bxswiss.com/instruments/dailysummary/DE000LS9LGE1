--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1db4acdbcba74ec7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R451ccf325c164a47" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree9b8304295947f7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd1ee07938484adc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c9d90d0eabb4313" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree9b8304295947f7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra201fc7983f244bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd1ee07938484adc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Brandz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LGE1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...107 lines deleted...]
-          <x:t>08.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>118,093</x:t>
-[...26 lines deleted...]
-          <x:t>118,339</x:t>
+          <x:t>118,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,463</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,584</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>118,006</x:t>
-[...205 lines deleted...]
-          <x:t>116,944</x:t>
+          <x:t>118,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,280</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...271 lines deleted...]
-          <x:t>118,302</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,811</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>