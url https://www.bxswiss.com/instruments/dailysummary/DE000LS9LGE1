--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R451ccf325c164a47" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra37a0565e1104320" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd1ee07938484adc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc299434224cb4824"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra201fc7983f244bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd1ee07938484adc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcca38574592a4f65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc299434224cb4824" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Brandz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LGE1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,249</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,859</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,094</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,388</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,139</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,257</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,999</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>