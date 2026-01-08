--- v2 (2025-11-15)
+++ v3 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra37a0565e1104320" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd78ea19bd8934d9d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc299434224cb4824"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R479218c4d50c4643"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcca38574592a4f65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc299434224cb4824" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5fcf49d5e1974f18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R479218c4d50c4643" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Brandz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LGE1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>122,999</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,239</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>