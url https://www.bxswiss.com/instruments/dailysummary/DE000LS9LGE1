--- v3 (2026-01-08)
+++ v4 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd78ea19bd8934d9d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ee78ca13a114aee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R479218c4d50c4643"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc08067b8c35c4509"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5fcf49d5e1974f18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R479218c4d50c4643" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98e1ebc1e49f4846" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc08067b8c35c4509" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Brandz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LGE1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -605,28 +605,55 @@
         <x:is>
           <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,694</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,754</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,991</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,239</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>