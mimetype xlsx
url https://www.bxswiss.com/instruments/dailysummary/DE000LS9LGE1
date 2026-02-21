--- v4 (2026-01-09)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ee78ca13a114aee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26d4a7718fb24fcc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc08067b8c35c4509"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re7351be3c61f425c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98e1ebc1e49f4846" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc08067b8c35c4509" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2feb9192b641431d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re7351be3c61f425c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Brandz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LGE1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...328 lines deleted...]
-          <x:t>127,251</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,736</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>126,954</x:t>
-[...139 lines deleted...]
-          <x:t>128,681</x:t>
+          <x:t>125,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,190</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>