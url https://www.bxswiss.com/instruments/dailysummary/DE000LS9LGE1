--- v5 (2026-02-21)
+++ v6 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26d4a7718fb24fcc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90e2c2588666485b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re7351be3c61f425c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R24b1361348ad46e9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2feb9192b641431d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re7351be3c61f425c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfff2d47fefad4329" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R24b1361348ad46e9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Brandz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LGE1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,584</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,312</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,886</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,886</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,661</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,893</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,053</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>