--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc325d6a3b06147ab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2007b2398ce4e2a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R63bb43b79a2d4821"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf4bebbfbc4204071"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rffc97e20548041d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R63bb43b79a2d4821" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56eaf47c09d742a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf4bebbfbc4204071" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Top Picks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LGB7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>162,471</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,512</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>