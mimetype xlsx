--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2007b2398ce4e2a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a46fd4c73a14593" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf4bebbfbc4204071"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e2deb1c1ee3400b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56eaf47c09d742a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf4bebbfbc4204071" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3bca50e22fe44adb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e2deb1c1ee3400b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Top Picks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LGB7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,502 +149,70 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...279 lines deleted...]
-          <x:t>163,033</x:t>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,712</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,862</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>162,265</x:t>
-[...160 lines deleted...]
-        <x:is>
           <x:t>163,430</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,113</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,614</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,299</x:t>
         </x:is>
       </x:c>
@@ -764,31 +332,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,122</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,682</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,013</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,157</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>