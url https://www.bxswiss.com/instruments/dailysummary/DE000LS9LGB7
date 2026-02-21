--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a46fd4c73a14593" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7006f4ecbb7247ae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e2deb1c1ee3400b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd56911d84c2a4fc1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3bca50e22fe44adb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e2deb1c1ee3400b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R20dae878226142c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd56911d84c2a4fc1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Top Picks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LGB7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>171,157</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,859</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>