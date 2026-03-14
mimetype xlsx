--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7006f4ecbb7247ae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18e96c58aeab4c70" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd56911d84c2a4fc1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8bebfd45569643f8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R20dae878226142c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd56911d84c2a4fc1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2abd410254194319" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8bebfd45569643f8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Top Picks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LGB7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,802</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,378</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,208</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,797</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,118</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,431</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,235</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>