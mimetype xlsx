--- v0 (2025-10-05)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac82e963a532426e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8aeb3e1fdd04db5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R94f294b8a6bc48cb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra7fe13ed305a4f4a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ce6f7a8693a4608" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R94f294b8a6bc48cb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca80910b42d14e49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra7fe13ed305a4f4a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Online Gaming und E-Sports</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LG87</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>514,533</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>516,574</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>513,019</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>515,895</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +251,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>523,548</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>524,194</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>520,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>522,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>559,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>562,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>558,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>559,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>556,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>560,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>557,558</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>