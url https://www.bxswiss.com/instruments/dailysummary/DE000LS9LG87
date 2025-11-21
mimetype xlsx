--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8aeb3e1fdd04db5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ac98039aafd4cd5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra7fe13ed305a4f4a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa8ebb8326fb40af"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca80910b42d14e49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra7fe13ed305a4f4a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd82e06adaaee4af3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa8ebb8326fb40af" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Online Gaming und E-Sports</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LG87</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>535,726</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>536,168</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>533,754</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>534,569</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>556,856</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>560,459</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>553,292</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>557,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>559,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>562,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>555,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>556,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>559,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>564,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>559,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>561,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>557,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>561,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>558,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>560,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>559,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>557,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>560,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,645</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>