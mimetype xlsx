--- v2 (2025-11-21)
+++ v3 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ac98039aafd4cd5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3ec564721db4f18" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa8ebb8326fb40af"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a774d4a8e294b67"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd82e06adaaee4af3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa8ebb8326fb40af" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R142433d7986c4c7f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a774d4a8e294b67" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Online Gaming und E-Sports</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LG87</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...613 lines deleted...]
-          <x:t>536,645</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,314</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>