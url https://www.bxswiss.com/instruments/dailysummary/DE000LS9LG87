--- v3 (2026-01-08)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3ec564721db4f18" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d8c989e2efa4e60" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a774d4a8e294b67"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R988ad928513141b6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R142433d7986c4c7f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a774d4a8e294b67" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R374eed3c90cc4103" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R988ad928513141b6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Online Gaming und E-Sports</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LG87</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>512,314</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,443</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>