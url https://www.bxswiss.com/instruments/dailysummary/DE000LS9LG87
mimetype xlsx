--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d8c989e2efa4e60" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91a31304b5a24243" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R988ad928513141b6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra628f1a9ef8d4669"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R374eed3c90cc4103" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R988ad928513141b6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R93ce56b926174851" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra628f1a9ef8d4669" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Online Gaming und E-Sports</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LG87</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>466,373</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>468,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>463,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>467,185</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>454,284</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>455,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>451,698</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>454,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,322</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>