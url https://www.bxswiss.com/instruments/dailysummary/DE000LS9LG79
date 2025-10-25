--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc95f030101fa43ac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reaefd2169e394774" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R112735ac480144ec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R070794c058844e24"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66ae38990ce74e14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R112735ac480144ec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4d8aeab77b14759" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R070794c058844e24" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Up- and downturns</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LG79</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...63 lines deleted...]
-          <x:t>106,879</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,126</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>106,762</x:t>
-[...566 lines deleted...]
-          <x:t>113,080</x:t>
+          <x:t>106,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,125</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>