--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reaefd2169e394774" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a155444b0094760" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R070794c058844e24"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf915c9cb7b6e4b5a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4d8aeab77b14759" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R070794c058844e24" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R457b822725234d8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf915c9cb7b6e4b5a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Up- and downturns</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LG79</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...468 lines deleted...]
-          <x:t>106,697</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,498</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,459</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>106,593</x:t>
-[...161 lines deleted...]
-          <x:t>107,125</x:t>
+          <x:t>104,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,955</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>