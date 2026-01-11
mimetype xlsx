--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a155444b0094760" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b059d3e030f4087" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf915c9cb7b6e4b5a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf80c855708a64d3d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R457b822725234d8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf915c9cb7b6e4b5a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e2d6248d63e4b74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf80c855708a64d3d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Up- and downturns</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LG79</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,198</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,198</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,136</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,577</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,433</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,333</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,433</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,009</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>