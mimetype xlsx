--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b059d3e030f4087" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9205eb974ffc4ed1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf80c855708a64d3d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R96005bfa766c46b0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e2d6248d63e4b74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf80c855708a64d3d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red3a83b5146a401f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R96005bfa766c46b0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Up- and downturns</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LG79</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...355 lines deleted...]
-          <x:t>111,005</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,707</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>110,881</x:t>
-[...85 lines deleted...]
-          <x:t>114,009</x:t>
+          <x:t>110,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,925</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>