--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9205eb974ffc4ed1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d6ccc07a4f24ed0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R96005bfa766c46b0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0721dc151d14492e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red3a83b5146a401f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R96005bfa766c46b0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdfc0c9a58b5b4bae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0721dc151d14492e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Up- and downturns</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LG79</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,551 +149,173 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...360 lines deleted...]
-          <x:t>109,665</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,759</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,193</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>109,502</x:t>
-[...128 lines deleted...]
-        <x:is>
           <x:t>108,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,023</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,367</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,646</x:t>
         </x:is>
       </x:c>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,179</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,266</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,133</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,825</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>