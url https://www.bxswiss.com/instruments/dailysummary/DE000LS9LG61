--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2afc0ffa7de7475c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbff63556d65c483f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1199562b22ef48ac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a73125bb527421b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67ec926c5f3f44e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1199562b22ef48ac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69ec6ca475c24f02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a73125bb527421b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Baker Street Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LG61</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,617</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,103</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,446</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,757</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,764</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,999</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,911</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>