--- v1 (2025-10-26)
+++ v2 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbff63556d65c483f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37bb4c02e5e543e8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a73125bb527421b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8bce954578554b8c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69ec6ca475c24f02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a73125bb527421b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra0fdc46624c84b07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8bce954578554b8c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Baker Street Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LG61</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>140,911</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,282</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>