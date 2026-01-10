--- v2 (2026-01-09)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37bb4c02e5e543e8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcde771eb800d4df1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8bce954578554b8c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6eb24698728d4851"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra0fdc46624c84b07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8bce954578554b8c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R395dcbcb5eba4320" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6eb24698728d4851" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Baker Street Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LG61</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,846</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,106</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,797</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,001</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -629,31 +602,58 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,024</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,493</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,041</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,999</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>