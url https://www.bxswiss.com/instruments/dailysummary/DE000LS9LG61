--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcde771eb800d4df1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf62abda838ee4995" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6eb24698728d4851"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R715d726719fd48c7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R395dcbcb5eba4320" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6eb24698728d4851" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R843cd9ccd52447d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R715d726719fd48c7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Baker Street Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LG61</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>139,999</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,648</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>