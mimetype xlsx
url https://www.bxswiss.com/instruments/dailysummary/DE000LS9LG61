--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf62abda838ee4995" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b3536edbb4f4824" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R715d726719fd48c7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce56aed1161d40c3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R843cd9ccd52447d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R715d726719fd48c7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3205ca1f76bb4657" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce56aed1161d40c3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Baker Street Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LG61</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,616</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,348</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,916</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,878</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,104</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,352</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,662</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>