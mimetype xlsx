--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf362503a642c468e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59d1adde97284293" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra365076e5b7e4d6a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc955f1e4aaf74d29"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15e612cbf3034cce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra365076e5b7e4d6a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc572bf5a3fdf462c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc955f1e4aaf74d29" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Defensiv Champions &amp; Marktführer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LG04</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...134 lines deleted...]
-          <x:t>09.09.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,392</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,515</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>114,493</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,522</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,706</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...62 lines deleted...]
-          <x:t>114,875</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,188</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>114,763</x:t>
-[...53 lines deleted...]
-          <x:t>114,611</x:t>
+          <x:t>115,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,586</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,690</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.09.2025</x:t>
-[...215 lines deleted...]
-          <x:t>29.09.2025</x:t>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>115,059</x:t>
-[...117 lines deleted...]
-          <x:t>114,704</x:t>
+          <x:t>114,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,265</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>