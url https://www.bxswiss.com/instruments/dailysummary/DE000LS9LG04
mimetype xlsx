--- v1 (2025-12-20)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59d1adde97284293" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R266ba02212664325" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc955f1e4aaf74d29"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e7e25d06be94c2e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc572bf5a3fdf462c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc955f1e4aaf74d29" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R70fa90812e0248a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e7e25d06be94c2e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Defensiv Champions &amp; Marktführer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LG04</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,104</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,188</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,053</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,192</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,366</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,144</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,232</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>