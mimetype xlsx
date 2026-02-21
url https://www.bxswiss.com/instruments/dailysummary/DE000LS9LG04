--- v2 (2026-01-10)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R266ba02212664325" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc59c971803c407f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e7e25d06be94c2e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra1cb5bd7bd9843f3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R70fa90812e0248a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e7e25d06be94c2e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52b4ce8f75c94ad4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra1cb5bd7bd9843f3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Defensiv Champions &amp; Marktführer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LG04</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>114,232</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,794</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>