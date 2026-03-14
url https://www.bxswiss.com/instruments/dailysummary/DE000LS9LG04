--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc59c971803c407f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1c8b61133734bd4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra1cb5bd7bd9843f3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1e210d3bf6a4b29"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52b4ce8f75c94ad4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra1cb5bd7bd9843f3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb4fdcfca73574dda" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1e210d3bf6a4b29" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Defensiv Champions &amp; Marktführer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LG04</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,822</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,837</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,351</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,653</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,633</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,908</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,589</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,515</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>