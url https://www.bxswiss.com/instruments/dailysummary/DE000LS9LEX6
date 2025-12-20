--- v0 (2025-10-25)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R582d471cc01848bf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra23482a225ae4c26" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R639ce33d4b904b11"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90d8eba32c5f48c9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89ad82411d9442dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R639ce33d4b904b11" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf9b39dd83044e93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90d8eba32c5f48c9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Relative Stärke DE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LEX6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...242 lines deleted...]
-          <x:t>06.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,686</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,857</x:t>
-[...387 lines deleted...]
-          <x:t>97,301</x:t>
+          <x:t>104,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,358</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>