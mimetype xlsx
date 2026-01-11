--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra23482a225ae4c26" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6cbb192d776d4689" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90d8eba32c5f48c9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76a4d325e4934971"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf9b39dd83044e93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90d8eba32c5f48c9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbeb84517df0c439f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76a4d325e4934971" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Relative Stärke DE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LEX6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,362</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,679</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,721</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,945</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,593</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,729</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,512</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,504</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>