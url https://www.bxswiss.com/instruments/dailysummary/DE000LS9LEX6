--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6cbb192d776d4689" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbab468edbc60423b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76a4d325e4934971"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R66d6ae05cb0f41a8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbeb84517df0c439f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76a4d325e4934971" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52adc55c6c08476e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R66d6ae05cb0f41a8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Relative Stärke DE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LEX6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>117,504</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,004</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>