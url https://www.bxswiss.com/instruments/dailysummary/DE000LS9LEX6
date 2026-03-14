--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbab468edbc60423b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f2496ab3ff14eff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R66d6ae05cb0f41a8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f6477f2768b495d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52adc55c6c08476e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R66d6ae05cb0f41a8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R80c40ba612db4b6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f6477f2768b495d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Relative Stärke DE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LEX6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,483</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,633</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,154</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,744</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,069</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,847</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,427</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>