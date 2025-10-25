--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rafebd5e84d4c4190" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbec048945cfa4d25" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R016ed3cb343f4eda"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf16d8e25cbee4bc0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb38c87099c684afa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R016ed3cb343f4eda" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b4544f10f2a4540" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf16d8e25cbee4bc0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien weltweit fundamental</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LER8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,013</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,298</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,858</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,981</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,876</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,377</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,859</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>