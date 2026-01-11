--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbec048945cfa4d25" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0b4963d8f344ea4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf16d8e25cbee4bc0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc9616e138db429e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b4544f10f2a4540" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf16d8e25cbee4bc0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0560f3620787484e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc9616e138db429e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien weltweit fundamental</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LER8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...36 lines deleted...]
-          <x:t>200,651</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,182</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>200,328</x:t>
-[...593 lines deleted...]
-          <x:t>201,859</x:t>
+          <x:t>200,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,232</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>