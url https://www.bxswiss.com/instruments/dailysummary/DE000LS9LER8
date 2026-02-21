--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0b4963d8f344ea4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rddc6c872dac4472e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc9616e138db429e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R27d4c54073a14ce2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0560f3620787484e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc9616e138db429e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ddacd77970c47c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R27d4c54073a14ce2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien weltweit fundamental</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LER8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>203,232</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,897</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>