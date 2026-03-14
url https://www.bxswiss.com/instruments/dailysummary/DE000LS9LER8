--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rddc6c872dac4472e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0a6acb05a2341fd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R27d4c54073a14ce2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f3c0aafd0444850"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ddacd77970c47c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R27d4c54073a14ce2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40e7120c9aaf471f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f3c0aafd0444850" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien weltweit fundamental</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LER8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,839</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,162</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,839</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,058</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,914</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,963</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,636</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>