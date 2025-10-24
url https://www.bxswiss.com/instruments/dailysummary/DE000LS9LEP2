--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72e7594b526d4a26" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde7a7f9f679644e4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8571d7646a754db5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a9ab9097d8845fe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8583130586524355" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8571d7646a754db5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc1938dfd0954c1f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a9ab9097d8845fe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Traden nach Levermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LEP2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,610 +149,178 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>147,634</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>146,690</x:t>
-[...516 lines deleted...]
-        <x:is>
           <x:t>148,372</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,483</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,328</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,275</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,064</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,760</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>