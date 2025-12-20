--- v1 (2025-10-24)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde7a7f9f679644e4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89512725e03b46d6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a9ab9097d8845fe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R04adbcda56484ca2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc1938dfd0954c1f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a9ab9097d8845fe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re88c8c5cad014497" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R04adbcda56484ca2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Traden nach Levermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LEP2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>148,209</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,189</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,526</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...62 lines deleted...]
-          <x:t>147,213</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,887</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>147,207</x:t>
-[...544 lines deleted...]
-          <x:t>147,760</x:t>
+          <x:t>148,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,491</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>