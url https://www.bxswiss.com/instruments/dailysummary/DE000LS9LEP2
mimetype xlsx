--- v2 (2025-12-20)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89512725e03b46d6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbca547dfa9dc41d5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R04adbcda56484ca2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re3ef581448c44c81"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re88c8c5cad014497" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R04adbcda56484ca2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29bfd5bd5aa14928" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re3ef581448c44c81" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Traden nach Levermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LEP2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,713</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,553</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,654</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,133</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>