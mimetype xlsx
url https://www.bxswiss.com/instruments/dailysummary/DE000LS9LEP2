--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbca547dfa9dc41d5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6f171224f784841" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re3ef581448c44c81"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R66ecbb076e634cae"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29bfd5bd5aa14928" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re3ef581448c44c81" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1ce2f62fcc648ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R66ecbb076e634cae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Traden nach Levermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LEP2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,172</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,372</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,153</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,364</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,887</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,694</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,763</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,809</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>