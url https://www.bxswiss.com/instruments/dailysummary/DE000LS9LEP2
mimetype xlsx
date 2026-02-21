--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6f171224f784841" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf2069fe948c4ea0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R66ecbb076e634cae"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c54c618b219498c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1ce2f62fcc648ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R66ecbb076e634cae" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c8cc73aedb84fe9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c54c618b219498c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Traden nach Levermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LEP2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...58 lines deleted...]
-          <x:t>148,274</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,701</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>148,202</x:t>
-[...382 lines deleted...]
-          <x:t>149,809</x:t>
+          <x:t>149,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,148</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>