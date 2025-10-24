--- v0 (2025-10-04)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e40402d2a944229" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb39ea8338164496" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9834bfcc34e74765"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73e4718f5ddc44e4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd8538eaca6334d2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9834bfcc34e74765" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7602f71a5bb84437" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73e4718f5ddc44e4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BRAUEREIBIER</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LEN7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...134 lines deleted...]
-          <x:t>09.09.2025</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,524</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,088</x:t>
-[...4 lines deleted...]
-          <x:t>95,347</x:t>
+          <x:t>95,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,981</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...482 lines deleted...]
-          <x:t>94,444</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,019</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>