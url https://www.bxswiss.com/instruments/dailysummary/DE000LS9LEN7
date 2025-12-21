--- v1 (2025-10-24)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb39ea8338164496" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra862c9ca1b8e4a3e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73e4718f5ddc44e4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e6fc75b9f5e448b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7602f71a5bb84437" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73e4718f5ddc44e4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbbec84fff1ff4a82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e6fc75b9f5e448b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BRAUEREIBIER</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LEN7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>97,019</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,623</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>