--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra862c9ca1b8e4a3e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc5025578ff14aa4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e6fc75b9f5e448b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfefbbb3f28454527"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbbec84fff1ff4a82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e6fc75b9f5e448b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4698b7cecacd4e42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfefbbb3f28454527" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BRAUEREIBIER</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LEN7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...166 lines deleted...]
-          <x:t>98,333</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,051</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,443</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,972</x:t>
-[...80 lines deleted...]
-          <x:t>98,353</x:t>
+          <x:t>97,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,359</x:t>
-        </x:is>
-[...349 lines deleted...]
-          <x:t>98,623</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>