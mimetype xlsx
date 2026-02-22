--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc5025578ff14aa4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18cbe9f82bf94d9e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfefbbb3f28454527"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R34607c433e294b34"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4698b7cecacd4e42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfefbbb3f28454527" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73418bdd5a104dbb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R34607c433e294b34" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BRAUEREIBIER</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LEN7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...161 lines deleted...]
-          <x:t>18.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,459</x:t>
-[...279 lines deleted...]
-          <x:t>98,359</x:t>
+          <x:t>100,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,006</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>