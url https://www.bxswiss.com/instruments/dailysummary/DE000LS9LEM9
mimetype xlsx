--- v0 (2025-11-14)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b74c634422249a5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20d8c2b6ea3d41f5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff3c6cb5f81548c2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f7c350d40c84003"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R346806dd180b44d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff3c6cb5f81548c2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02b5ab780c884f5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f7c350d40c84003" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FEUERWASSER</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LEM9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...365 lines deleted...]
-          <x:t>75,013</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,898</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,306</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...266 lines deleted...]
-          <x:t>75,207</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,420</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>