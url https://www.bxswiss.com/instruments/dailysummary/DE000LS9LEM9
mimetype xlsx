--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20d8c2b6ea3d41f5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R046aad1a561b405a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f7c350d40c84003"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8295078f76634ff1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02b5ab780c884f5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f7c350d40c84003" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc59e62bdf0de4c1d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8295078f76634ff1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FEUERWASSER</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LEM9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...274 lines deleted...]
-          <x:t>74,736</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>74,402</x:t>
-[...355 lines deleted...]
-          <x:t>75,420</x:t>
+          <x:t>76,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,605</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>