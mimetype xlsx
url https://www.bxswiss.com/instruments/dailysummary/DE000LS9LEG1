--- v0 (2025-10-07)
+++ v1 (2025-11-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47860c0b54084bb5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbbe65061eb284ddd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c35dfe6b7d84319"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5079ec7d20f94f85"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R600761630d694c30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c35dfe6b7d84319" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd8f61bbdd24f4791" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5079ec7d20f94f85" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien Bluechips Fundamental</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LEG1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>137,290</x:t>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,105</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>