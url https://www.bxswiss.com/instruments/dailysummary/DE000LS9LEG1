--- v1 (2025-11-10)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbbe65061eb284ddd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea6b5cceae914d6f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5079ec7d20f94f85"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d1fc230b5d941c3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd8f61bbdd24f4791" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5079ec7d20f94f85" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9cded436eac54a21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d1fc230b5d941c3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien Bluechips Fundamental</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LEG1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.10.2025</x:t>
-[...586 lines deleted...]
-          <x:t>133,105</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,149</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>