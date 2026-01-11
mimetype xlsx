--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea6b5cceae914d6f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re26a5ea1e8154ec6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d1fc230b5d941c3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d0779b18b14445d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9cded436eac54a21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d1fc230b5d941c3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9918770cf1364496" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d0779b18b14445d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien Bluechips Fundamental</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LEG1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,613 +149,181 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...377 lines deleted...]
-          <x:t>08.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,557</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,648</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...175 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,746</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,889</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,939</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,071</x:t>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,828</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,501</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,551</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,265</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>