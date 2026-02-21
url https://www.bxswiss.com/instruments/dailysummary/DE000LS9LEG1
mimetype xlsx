--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re26a5ea1e8154ec6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0200c778762a4d76" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d0779b18b14445d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfdbbaddeab7e45a5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9918770cf1364496" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d0779b18b14445d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ac79e4a72824fcb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfdbbaddeab7e45a5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien Bluechips Fundamental</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LEG1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...328 lines deleted...]
-          <x:t>135,657</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,433</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>135,026</x:t>
-[...112 lines deleted...]
-          <x:t>138,265</x:t>
+          <x:t>136,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,845</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>