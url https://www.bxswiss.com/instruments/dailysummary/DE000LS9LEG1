--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0200c778762a4d76" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1d6f54ef33e4644" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfdbbaddeab7e45a5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R93d9683e67244295"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ac79e4a72824fcb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfdbbaddeab7e45a5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R425169e6b9624237" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R93d9683e67244295" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien Bluechips Fundamental</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LEG1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...279 lines deleted...]
-          <x:t>139,088</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,771</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>138,566</x:t>
-[...312 lines deleted...]
-        <x:is>
           <x:t>137,118</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,779</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,032</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,302</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,867</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,844</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,747</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>