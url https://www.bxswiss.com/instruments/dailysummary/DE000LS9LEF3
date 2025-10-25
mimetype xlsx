--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44d3490299f1488a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7895ab188b54119" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc8cee55896c4561"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02f7832b1de54665"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reafff7489fc14187" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc8cee55896c4561" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R511df11204d04cdf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02f7832b1de54665" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wirtschaftsqualität</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LEF3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,231</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,408</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,012</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,292</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,339</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>