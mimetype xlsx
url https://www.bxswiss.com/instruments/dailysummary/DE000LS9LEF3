--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7895ab188b54119" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9e11d317c984f17" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02f7832b1de54665"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R10e1afc0f97e4182"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R511df11204d04cdf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02f7832b1de54665" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a2351d393a64aa9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R10e1afc0f97e4182" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wirtschaftsqualität</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LEF3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>154,339</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,055</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>