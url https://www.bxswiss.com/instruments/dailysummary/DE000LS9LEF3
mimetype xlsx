--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9e11d317c984f17" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7756f8e7c5124736" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R10e1afc0f97e4182"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8021bb34498940be"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a2351d393a64aa9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R10e1afc0f97e4182" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra78daff82d6a4578" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8021bb34498940be" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wirtschaftsqualität</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LEF3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...301 lines deleted...]
-          <x:t>151,673</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,491</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,881</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...303 lines deleted...]
-          <x:t>152,055</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,114</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>