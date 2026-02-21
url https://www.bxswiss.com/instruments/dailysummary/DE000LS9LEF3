--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7756f8e7c5124736" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra000deba656b4a3a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8021bb34498940be"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6766bb3cfec04f8f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra78daff82d6a4578" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8021bb34498940be" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R600b15f1d0924d24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6766bb3cfec04f8f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wirtschaftsqualität</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LEF3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...161 lines deleted...]
-          <x:t>18.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>151,744</x:t>
-[...279 lines deleted...]
-          <x:t>155,114</x:t>
+          <x:t>152,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,371</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>