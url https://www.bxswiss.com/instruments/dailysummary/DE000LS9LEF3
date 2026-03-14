--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra000deba656b4a3a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd93e1e3e7a344d85" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6766bb3cfec04f8f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf89ba06ec7e4be3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R600b15f1d0924d24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6766bb3cfec04f8f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde64f68275ad4e25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf89ba06ec7e4be3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wirtschaftsqualität</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LEF3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,913</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,493</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,297</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,374</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,314</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,723</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,922</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,034</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>