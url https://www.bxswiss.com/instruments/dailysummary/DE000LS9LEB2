--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f121311435e43c8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R848b630b497f4538" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b9b5b8f80ac47c4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R47dc78a4b4a74a0f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0819d2031393420c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b9b5b8f80ac47c4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01e480e9378f4dd6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R47dc78a4b4a74a0f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Industrielle Software</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LEB2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>237,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>239,258</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>234,596</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>234,857</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,677</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>232,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,599</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>