--- v1 (2025-10-26)
+++ v2 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R848b630b497f4538" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R854fa92245d8461e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R47dc78a4b4a74a0f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree92cf3f184f47c8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01e480e9378f4dd6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R47dc78a4b4a74a0f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d7a0a546b074924" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree92cf3f184f47c8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Industrielle Software</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LEB2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,437 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>227,599</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,766</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>