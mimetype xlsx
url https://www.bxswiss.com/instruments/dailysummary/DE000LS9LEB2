--- v2 (2026-01-07)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R854fa92245d8461e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80a29f39df2245a0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree92cf3f184f47c8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R330130666129484f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d7a0a546b074924" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree92cf3f184f47c8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R49b61d4d5a524e60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R330130666129484f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Industrielle Software</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LEB2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,437 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...404 lines deleted...]
-          <x:t>193,766</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,774</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>