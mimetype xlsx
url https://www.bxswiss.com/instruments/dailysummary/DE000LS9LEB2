--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80a29f39df2245a0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f4a7a0fe86d48cb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R330130666129484f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9525787188254788"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R49b61d4d5a524e60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R330130666129484f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c118ff9560f4ab4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9525787188254788" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Industrielle Software</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LEB2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,553</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,946</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,202</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,133</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,422</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,061</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,352</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,695</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>