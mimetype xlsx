--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R264e4333ad72451b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0560700139a74b70" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbbd54d6c8a144c36"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3dd3f7debf34c37"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c10205f42a94723" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbbd54d6c8a144c36" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra25faec335a14986" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3dd3f7debf34c37" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FASTFOOD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LEA4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>268,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>269,369</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>267,646</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>268,217</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>265,522</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>269,296</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>264,931</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>268,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,037</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>