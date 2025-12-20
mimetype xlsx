--- v1 (2025-10-24)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0560700139a74b70" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa8c31c11f184fab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3dd3f7debf34c37"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2da49bd8ea5d4eae"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra25faec335a14986" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3dd3f7debf34c37" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf93abbfac8ec443b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2da49bd8ea5d4eae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FASTFOOD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LEA4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>272,037</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,902</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>