--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa8c31c11f184fab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R045ea8efbf8a401d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2da49bd8ea5d4eae"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re133ef114cc742f2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf93abbfac8ec443b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2da49bd8ea5d4eae" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re85ee624471b4dec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re133ef114cc742f2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FASTFOOD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LEA4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>245,456</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>246,388</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>244,024</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>244,807</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>261,293</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>261,713</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>257,507</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>260,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,199</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>