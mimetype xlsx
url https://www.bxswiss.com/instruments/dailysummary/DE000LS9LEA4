--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R045ea8efbf8a401d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R477934a1a4b04b29" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re133ef114cc742f2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e857d87a9fc4008"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re85ee624471b4dec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re133ef114cc742f2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0920c5d9e4c54279" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e857d87a9fc4008" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FASTFOOD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LEA4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>268,199</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,847</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>