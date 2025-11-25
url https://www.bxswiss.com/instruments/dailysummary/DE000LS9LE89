--- v0 (2025-10-15)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd51bcc328c554982" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R030048badb664e72" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2876a12236694006"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R886fac1a12684072"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R70926de5cfd44964" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2876a12236694006" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Redcbf0c088ca4372" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R886fac1a12684072" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien MidCap Fundamental</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LE89</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>171,476</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,537</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>