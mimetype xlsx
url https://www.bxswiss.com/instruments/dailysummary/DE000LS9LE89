--- v1 (2025-11-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R030048badb664e72" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09c1cffa87444c8b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R886fac1a12684072"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3aa70e5221448ab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Redcbf0c088ca4372" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R886fac1a12684072" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R863af2794a2a4516" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3aa70e5221448ab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien MidCap Fundamental</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LE89</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.10.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,883</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,393</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,236</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +305,517 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,984</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,583</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,567</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,350</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>