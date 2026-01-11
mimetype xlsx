--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09c1cffa87444c8b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcaa97753b5cd48d9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3aa70e5221448ab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R142632f3a9a841db"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R863af2794a2a4516" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3aa70e5221448ab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0eca52f9700b43d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R142632f3a9a841db" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien MidCap Fundamental</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LE89</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,494</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,586</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,276</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,423</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,368</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,554</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,540</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>