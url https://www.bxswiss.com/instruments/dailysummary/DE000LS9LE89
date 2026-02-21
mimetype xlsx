--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcaa97753b5cd48d9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra512373eff174808" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R142632f3a9a841db"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R444ae87786d94e67"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0eca52f9700b43d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R142632f3a9a841db" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R273b47a78ad2487e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R444ae87786d94e67" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien MidCap Fundamental</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LE89</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>170,540</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,343</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>