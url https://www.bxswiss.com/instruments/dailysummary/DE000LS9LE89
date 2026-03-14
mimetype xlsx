--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra512373eff174808" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a7a96234dcf482b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R444ae87786d94e67"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54eb6c7e1dff4eea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R273b47a78ad2487e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R444ae87786d94e67" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3613f9e4db174c7f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54eb6c7e1dff4eea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien MidCap Fundamental</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LE89</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...257 lines deleted...]
-          <x:t>155,185</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,128</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,201</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.02.2026</x:t>
-[...295 lines deleted...]
-        <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,482</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,539</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,363</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,955</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,019</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,846</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,964</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,078</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>