--- v0 (2025-12-21)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R873cc1f9ae9b49c6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67eb7f6a1f5c4444" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R05e2338dfe904959"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R38e68b90cdbf4523"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6451787cfca46d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R05e2338dfe904959" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb350f77c7b74197" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R38e68b90cdbf4523" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Qualiten - ausgewählte Qualität</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LE63</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,211</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,756</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,111</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,756</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,537</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,214</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>