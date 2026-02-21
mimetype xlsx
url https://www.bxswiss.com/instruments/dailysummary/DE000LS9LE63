--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67eb7f6a1f5c4444" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ba2d79a0a7844b2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R38e68b90cdbf4523"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcfe034b44b73444f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb350f77c7b74197" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R38e68b90cdbf4523" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8230497d362b422e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcfe034b44b73444f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Qualiten - ausgewählte Qualität</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LE63</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>152,214</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,337</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>