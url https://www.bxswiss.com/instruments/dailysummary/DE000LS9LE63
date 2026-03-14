--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ba2d79a0a7844b2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ad1d7d1cf3e4874" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcfe034b44b73444f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1b0b5861f18464a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8230497d362b422e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcfe034b44b73444f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1213476d5ae042a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1b0b5861f18464a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Qualiten - ausgewählte Qualität</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LE63</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,039</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,527</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,550</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,763</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,394</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,692</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>