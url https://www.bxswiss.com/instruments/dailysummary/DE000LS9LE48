--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8da9c52e72ab4cc8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref8ce5b3fcef489a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R852db9f40cb84ec6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ccf4140253242a0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad6f61c1d7dc4ac2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R852db9f40cb84ec6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36282a11b1c548ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ccf4140253242a0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Premium FANG 60/40</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LE48</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...296 lines deleted...]
-          <x:t>17.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,616</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>315,611</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>315,990</x:t>
-[...333 lines deleted...]
-          <x:t>313,411</x:t>
+          <x:t>311,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,964</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>