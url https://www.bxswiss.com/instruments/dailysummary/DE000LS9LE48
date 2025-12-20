--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref8ce5b3fcef489a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48e2f90a01e44ec5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ccf4140253242a0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d950412cded4e91"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36282a11b1c548ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ccf4140253242a0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R950f89ac9b6a4600" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d950412cded4e91" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Premium FANG 60/40</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LE48</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>314,964</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,617</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>