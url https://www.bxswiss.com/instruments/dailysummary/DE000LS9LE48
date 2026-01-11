--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48e2f90a01e44ec5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1f702eb09014fb2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d950412cded4e91"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra6cd7ac1c17e4c20"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R950f89ac9b6a4600" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d950412cded4e91" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06d27c1157b94f55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra6cd7ac1c17e4c20" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Premium FANG 60/40</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LE48</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>313,752</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>314,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>313,571</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>314,891</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>306,787</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>309,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>305,721</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>309,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,571</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>