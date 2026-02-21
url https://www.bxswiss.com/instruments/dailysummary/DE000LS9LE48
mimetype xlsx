--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1f702eb09014fb2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R245828659cb94234" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra6cd7ac1c17e4c20"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra5b11276e3f549c7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06d27c1157b94f55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra6cd7ac1c17e4c20" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ded0c442a91433e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra5b11276e3f549c7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Premium FANG 60/40</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LE48</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>315,571</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,046</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>