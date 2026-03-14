--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R245828659cb94234" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R06b703c98c4547db" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra5b11276e3f549c7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R379554030e734825"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ded0c442a91433e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra5b11276e3f549c7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc00f372f66bd4a33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R379554030e734825" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Premium FANG 60/40</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LE48</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>288,146</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>288,344</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>284,922</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>286,963</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>279,521</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>281,728</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>277,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>281,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,458</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>