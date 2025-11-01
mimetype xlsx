--- v0 (2025-10-04)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e416a803d934a96" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R473644b1fcbb48d4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R238987b799e041ed"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R645fd07935aa4520"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ad3a16d7ca04f43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R238987b799e041ed" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re442bdbd89cb4119" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R645fd07935aa4520" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DACH Turnaround</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LE14</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,786</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,899</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +251,571 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,763</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,988</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,286</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,441</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>