--- v1 (2025-11-01)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R473644b1fcbb48d4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89f9eaf173624bc1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R645fd07935aa4520"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7175b58a2067471f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re442bdbd89cb4119" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R645fd07935aa4520" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R270697c5748b47c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7175b58a2067471f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DACH Turnaround</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LE14</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>155,441</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,038</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>