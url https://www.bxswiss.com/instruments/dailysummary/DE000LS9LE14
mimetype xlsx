--- v2 (2026-01-11)
+++ v3 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89f9eaf173624bc1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R465f757adbe042ad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7175b58a2067471f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d0837ae817e4e5a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R270697c5748b47c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7175b58a2067471f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re4821fe891484ca3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d0837ae817e4e5a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DACH Turnaround</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LE14</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,981</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,204</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,024</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,558</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>