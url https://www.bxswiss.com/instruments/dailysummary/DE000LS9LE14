--- v3 (2026-01-12)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R465f757adbe042ad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf910ff90b81466e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d0837ae817e4e5a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra61f5bf7065f48c1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re4821fe891484ca3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d0837ae817e4e5a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3359586e908448f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra61f5bf7065f48c1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DACH Turnaround</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LE14</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>174,038</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,396</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>