--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf910ff90b81466e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9268d2602d534829" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra61f5bf7065f48c1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb86a1fed5da04ff1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3359586e908448f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra61f5bf7065f48c1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b7ebb28076e4696" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb86a1fed5da04ff1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DACH Turnaround</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LE14</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,943</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,543</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,213</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,175</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,066</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,378</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,076</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,794</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>