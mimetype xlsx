--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R093c4a45be7f452e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd98447e830594741" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc53d633c5c004e59"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff9ffedb27ba4f50"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R769f3a6e55bc41d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc53d633c5c004e59" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2bf542cd5d5490f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff9ffedb27ba4f50" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Intelligent Matrix Biotech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LDX8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>167,966</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,032</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>