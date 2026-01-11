--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd98447e830594741" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e9b464bb6034145" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff9ffedb27ba4f50"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R305c8f4acbc04515"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2bf542cd5d5490f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff9ffedb27ba4f50" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ba54bcd37e84806" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R305c8f4acbc04515" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Intelligent Matrix Biotech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LDX8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,261</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,271</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,256</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,052</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,876</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,893</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>