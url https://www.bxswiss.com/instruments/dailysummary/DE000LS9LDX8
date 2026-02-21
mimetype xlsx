--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e9b464bb6034145" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ddd62b6d48f4014" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R305c8f4acbc04515"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b22fa319fc94111"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ba54bcd37e84806" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R305c8f4acbc04515" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra3108ee8e5ee4cb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b22fa319fc94111" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Intelligent Matrix Biotech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LDX8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>175,893</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,785</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>