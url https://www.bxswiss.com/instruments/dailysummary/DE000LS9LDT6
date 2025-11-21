--- v0 (2025-10-04)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5f8323c876d4744" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2576b6905bc45d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R448893d6ac4f4e17"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76274fd28a72450c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re34e3cc6219c4593" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R448893d6ac4f4e17" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc004801ec264c1f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76274fd28a72450c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Großkonzerne</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LDT6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>73,553</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,453</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>