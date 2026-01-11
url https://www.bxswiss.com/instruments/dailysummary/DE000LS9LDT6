--- v1 (2025-11-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2576b6905bc45d7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8762740ace774348" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76274fd28a72450c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rabacc7545e7d4b99"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc004801ec264c1f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76274fd28a72450c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3cfb8e0405a447d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rabacc7545e7d4b99" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Großkonzerne</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LDT6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...4 lines deleted...]
-          <x:t>72,991</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,013</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>72,688</x:t>
-[...318 lines deleted...]
-          <x:t>72,937</x:t>
+          <x:t>73,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,582</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,753</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>72,866</x:t>
-[...123 lines deleted...]
-        <x:is>
           <x:t>72,537</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>72,346</x:t>
-[...128 lines deleted...]
-        <x:is>
           <x:t>72,607</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...33 lines deleted...]
-          <x:t>72,453</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,827</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>