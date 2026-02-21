--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8762740ace774348" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1aad833de0ef4f64" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rabacc7545e7d4b99"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbeef80a57e4544bf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3cfb8e0405a447d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rabacc7545e7d4b99" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Racd3a9aefd2f414f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbeef80a57e4544bf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Großkonzerne</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LDT6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>72,827</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,647</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>