--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1aad833de0ef4f64" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R823d774510504d2b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbeef80a57e4544bf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re6fa489d2466460a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Racd3a9aefd2f414f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbeef80a57e4544bf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3aa13c180cb4291" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re6fa489d2466460a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Großkonzerne</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LDT6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...176 lines deleted...]
-          <x:t>71,400</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,792</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,612</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...455 lines deleted...]
-          <x:t>71,647</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,326</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>