--- v0 (2025-10-24)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31f20373333d4969" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e10ec935df44e33" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R06c3ff510a444e89"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8e1272a629f486b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52eced1cc39448c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R06c3ff510a444e89" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27eee051067848f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8e1272a629f486b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Megatrends &amp; Innovation</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LDR0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>24.09.2025</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,206</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,161</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>191,799</x:t>
-[...603 lines deleted...]
-          <x:t>196,102</x:t>
+          <x:t>189,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,405</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>