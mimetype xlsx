--- v1 (2025-11-14)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e10ec935df44e33" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55bade31dd8f4e52" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8e1272a629f486b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R849026e4e60d43a1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27eee051067848f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8e1272a629f486b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b5405f7012947cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R849026e4e60d43a1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Megatrends &amp; Innovation</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LDR0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>189,405</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,380</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>