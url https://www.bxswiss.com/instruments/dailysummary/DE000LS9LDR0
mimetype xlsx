--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55bade31dd8f4e52" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra5fb9711014d44fa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R849026e4e60d43a1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ae908dcb41e4722"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b5405f7012947cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R849026e4e60d43a1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6eb60b45218b4018" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ae908dcb41e4722" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Megatrends &amp; Innovation</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LDR0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>205,380</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,579</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>