--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra5fb9711014d44fa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R323daaa467f64ee8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ae908dcb41e4722"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R044b9031c6fc4fbf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6eb60b45218b4018" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ae908dcb41e4722" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R938e970958274cc8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R044b9031c6fc4fbf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Megatrends &amp; Innovation</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LDR0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,861</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,231</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,958</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,933</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,471</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,352</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,794</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,518</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>