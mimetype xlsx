--- v0 (2025-10-25)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a4785dcf31b49ff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb60dca7ae31c4603" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R149bceec82d2408b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8567473a27ff4793"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R19bbd050437b4c7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R149bceec82d2408b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6397576bae5c4253" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8567473a27ff4793" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>New Value Perspective</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LDQ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...311 lines deleted...]
-          <x:t>113,472</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,782</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,895</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...194 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,502</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>113,380</x:t>
-[...117 lines deleted...]
-          <x:t>113,916</x:t>
+          <x:t>114,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,305</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>