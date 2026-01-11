--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb60dca7ae31c4603" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra304bec4d4ea480c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8567473a27ff4793"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R23f84319b43d4c59"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6397576bae5c4253" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8567473a27ff4793" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7e8360d91544a31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R23f84319b43d4c59" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>New Value Perspective</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LDQ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,475 +149,70 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...360 lines deleted...]
-          <x:t>119,656</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,073</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,769</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>119,230</x:t>
-[...52 lines deleted...]
-        <x:is>
           <x:t>120,066</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,331</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,149</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,978</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,506</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,368</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,374</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,844</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>