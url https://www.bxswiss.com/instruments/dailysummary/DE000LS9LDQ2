--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra304bec4d4ea480c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf40b98c9ff654ded" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R23f84319b43d4c59"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc5efe4599c1d4f3f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7e8360d91544a31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R23f84319b43d4c59" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d6a9ba7aa3b4360" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc5efe4599c1d4f3f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>New Value Perspective</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LDQ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>126,844</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,322</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>