--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf40b98c9ff654ded" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4b47e9a9dd14126" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc5efe4599c1d4f3f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2316c730facb425c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d6a9ba7aa3b4360" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc5efe4599c1d4f3f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd27e4226bd7e4c0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2316c730facb425c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>New Value Perspective</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LDQ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,574</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,789</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,052</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,298</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,692</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,986</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,322</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,549</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>