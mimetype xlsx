--- v0 (2025-10-25)
+++ v1 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d0466ee4e144126" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb34c56035ddb4384" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R91334a93e4974865"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb5cd154224ca4cdf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R23a436d1aa58470c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R91334a93e4974865" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b43cb79312749f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb5cd154224ca4cdf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>We Want YOU!</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LDH1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>337,622</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>338,101</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>328,662</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>336,567</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>327,171</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>328,461</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>324,447</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>325,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,043</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>