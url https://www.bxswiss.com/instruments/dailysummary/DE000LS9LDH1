--- v1 (2025-11-15)
+++ v2 (2026-01-06)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb34c56035ddb4384" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R875001ec8e174e36" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb5cd154224ca4cdf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re33ddf6f7f4647e8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b43cb79312749f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb5cd154224ca4cdf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbff26c7032f14a35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re33ddf6f7f4647e8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>We Want YOU!</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LDH1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,437 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>303,043</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,330</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>