--- v2 (2026-01-06)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R875001ec8e174e36" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re535adb5d3454675" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re33ddf6f7f4647e8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb986060cd4af4d80"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbff26c7032f14a35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re33ddf6f7f4647e8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f2b38665af64996" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb986060cd4af4d80" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>We Want YOU!</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LDH1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,437 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...404 lines deleted...]
-          <x:t>324,330</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,680</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>