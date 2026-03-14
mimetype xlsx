--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re535adb5d3454675" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2736fa930afa4d12" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb986060cd4af4d80"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3996963005f14547"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f2b38665af64996" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb986060cd4af4d80" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2964824ddfc546a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3996963005f14547" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>We Want YOU!</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LDH1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>321,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>321,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>314,028</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>315,556</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>337,112</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>338,712</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>329,708</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>332,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,216</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>