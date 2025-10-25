--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0755e42fd9aa40f1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R100f0e9988b240b8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R590a1690e004469c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5abf652b11dc4d40"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5602631af21f494d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R590a1690e004469c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9ec1a361f7e4673" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5abf652b11dc4d40" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Balanced Opportunity Daxwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LDF5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,796</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,813</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,478</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,283</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,444</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>