--- v1 (2025-10-25)
+++ v2 (2026-01-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R100f0e9988b240b8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ccdf53b024b4b9b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5abf652b11dc4d40"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a1aa978a5944bed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9ec1a361f7e4673" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5abf652b11dc4d40" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2da5601d6a5a46e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a1aa978a5944bed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Balanced Opportunity Daxwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LDF5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>123,444</x:t>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,707</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>