--- v2 (2026-01-16)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ccdf53b024b4b9b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c2e5efd3eab4816" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a1aa978a5944bed"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9fbe3a9155ec4ef4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2da5601d6a5a46e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a1aa978a5944bed" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4c95e5f7f1b4a96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9fbe3a9155ec4ef4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Balanced Opportunity Daxwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LDF5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.12.2025</x:t>
-[...63 lines deleted...]
-          <x:t>126,576</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,943</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,516</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...406 lines deleted...]
-          <x:t>128,707</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,174</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>