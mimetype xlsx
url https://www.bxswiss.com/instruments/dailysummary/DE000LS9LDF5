--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c2e5efd3eab4816" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56c40006504e4a16" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9fbe3a9155ec4ef4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd9f16546d5e04802"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4c95e5f7f1b4a96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9fbe3a9155ec4ef4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8cb15b9442cf4ff2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd9f16546d5e04802" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Balanced Opportunity Daxwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LDF5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,084</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,403</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,532</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,092</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,114</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,702</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,058</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,799</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>