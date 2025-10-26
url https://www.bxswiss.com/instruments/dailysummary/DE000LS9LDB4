--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a60aa79740c44c4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67bb0f2df5ae49da" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1fd90befd82d4622"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a940839fbc94080"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a288786e34240c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1fd90befd82d4622" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3cb02805fa9c4e8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a940839fbc94080" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DIVIDENDEN-CHAMPIONS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LDB4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,783</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,633</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,842</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,801</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,717</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,542</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>