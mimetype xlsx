--- v1 (2025-10-26)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67bb0f2df5ae49da" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e23e332159a4136" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a940839fbc94080"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30ca8e8096934405"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3cb02805fa9c4e8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a940839fbc94080" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4abd2c641a94673" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30ca8e8096934405" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DIVIDENDEN-CHAMPIONS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LDB4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>133,542</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,194</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>