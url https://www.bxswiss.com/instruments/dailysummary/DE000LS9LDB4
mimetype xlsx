--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e23e332159a4136" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce9caabf063a4930" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30ca8e8096934405"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd297bbba717241b4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4abd2c641a94673" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30ca8e8096934405" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7257e149a6b34aa4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd297bbba717241b4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DIVIDENDEN-CHAMPIONS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LDB4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...80 lines deleted...]
-          <x:t>24.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,821</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,994</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...524 lines deleted...]
-          <x:t>139,194</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,921</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>