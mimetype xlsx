--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce9caabf063a4930" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4cbd71cec7944ef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd297bbba717241b4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3032f35d567d4b6f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7257e149a6b34aa4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd297bbba717241b4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re79ee739aba44477" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3032f35d567d4b6f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DIVIDENDEN-CHAMPIONS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LDB4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>143,921</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,568</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>