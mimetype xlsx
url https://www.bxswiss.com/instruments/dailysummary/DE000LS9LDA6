--- v0 (2025-10-04)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b57f789fa8f4b62" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e6214f6f5f24f62" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re480e0a2436d458b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R32d4e016849448aa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f16780284ed48e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re480e0a2436d458b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R44a1794b6aa94f2a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R32d4e016849448aa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Undervalue Investment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LDA6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...149 lines deleted...]
-          <x:t>91,503</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,076</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,761</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...482 lines deleted...]
-          <x:t>93,849</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,068</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>