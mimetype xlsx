--- v1 (2025-11-01)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e6214f6f5f24f62" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R077f964b42a14d7b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R32d4e016849448aa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec0652c31f4d4b73"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R44a1794b6aa94f2a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R32d4e016849448aa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6375e719d90e481c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec0652c31f4d4b73" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Undervalue Investment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LDA6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>93,068</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,168</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>