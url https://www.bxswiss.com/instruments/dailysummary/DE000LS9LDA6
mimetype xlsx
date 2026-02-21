--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R077f964b42a14d7b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf001700c84404339" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec0652c31f4d4b73"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5cf8d70e1a0b42cc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6375e719d90e481c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec0652c31f4d4b73" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf376c95ca2814692" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5cf8d70e1a0b42cc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Undervalue Investment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LDA6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>99,168</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,553</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>