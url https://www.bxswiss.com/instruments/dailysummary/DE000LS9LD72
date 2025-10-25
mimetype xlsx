--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d426cfba1cf4167" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0308ab4c8124262" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9221371290264243"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2048b4cb5c184c42"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R77318c12589d4f9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9221371290264243" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ace81c733604573" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2048b4cb5c184c42" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Random-Walk-Schweiz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LD72</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,613 +149,74 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25.09.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26.09.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,211</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,692</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,334</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,993</x:t>
@@ -791,31 +252,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,367</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,862</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,633</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>