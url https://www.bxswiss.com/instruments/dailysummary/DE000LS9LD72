--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0308ab4c8124262" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad13151986844377" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2048b4cb5c184c42"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a592c809e854574"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ace81c733604573" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2048b4cb5c184c42" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6957b1db69743c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a592c809e854574" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Random-Walk-Schweiz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LD72</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,566 +149,179 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...533 lines deleted...]
-          <x:t>175,633</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>