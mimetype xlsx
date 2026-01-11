--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad13151986844377" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4e9bcd04c274d7c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a592c809e854574"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R27eb4b6e5308435c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6957b1db69743c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a592c809e854574" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf670f00bf3cf459c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R27eb4b6e5308435c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Random-Walk-Schweiz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LD72</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,179 +149,144 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...103 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>