--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4e9bcd04c274d7c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9bd058128f6b42ab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R27eb4b6e5308435c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6afb1f3748294f07"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf670f00bf3cf459c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R27eb4b6e5308435c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra5c6801549ab4536" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6afb1f3748294f07" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Random-Walk-Schweiz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LD72</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,144 +149,293 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...111 lines deleted...]
-          <x:t>09.01.2026</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,036</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>