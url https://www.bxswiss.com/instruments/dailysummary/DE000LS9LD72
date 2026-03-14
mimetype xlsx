--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9bd058128f6b42ab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8eb5029b7707413e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6afb1f3748294f07"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R63c619e83c9a4a10"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra5c6801549ab4536" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6afb1f3748294f07" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R34bd28f2fb9748cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R63c619e83c9a4a10" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Random-Walk-Schweiz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LD72</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,176 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...124 lines deleted...]
-        <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,597</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,959</x:t>
         </x:is>
       </x:c>
@@ -411,31 +285,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,667</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,682</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,103</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,272</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>