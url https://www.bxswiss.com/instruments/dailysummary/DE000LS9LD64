--- v0 (2025-10-05)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72f9679e550a4e05" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7a23458b9024856" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R722d287a311547ad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d210c2f62f04f0b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce9d291933534452" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R722d287a311547ad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd17beeec6be1487b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d210c2f62f04f0b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Woddicks Investment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LD64</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,389 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.09.2025</x:t>
-[...337 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,503</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,447</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,222</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -617,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,469</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,739</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,923</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,819</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>