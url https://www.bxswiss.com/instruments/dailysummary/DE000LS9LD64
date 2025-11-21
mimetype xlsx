--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7a23458b9024856" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24e02110c3914537" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d210c2f62f04f0b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50e219c1298b4d59"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd17beeec6be1487b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d210c2f62f04f0b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a085dbb0e9043a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50e219c1298b4d59" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Woddicks Investment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LD64</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,637 +149,232 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...257 lines deleted...]
-          <x:t>191,171</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,738</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,515</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...118 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>186,705</x:t>
-[...192 lines deleted...]
-        <x:is>
           <x:t>190,075</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,541</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,021</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,128</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,594</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,998</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,402</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,383</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>