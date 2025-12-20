--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24e02110c3914537" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8fd9cff91ad74a4b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50e219c1298b4d59"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd606d83b6124439"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a085dbb0e9043a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50e219c1298b4d59" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R112dc3a8b9724bdb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd606d83b6124439" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Woddicks Investment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LD64</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,617 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,133</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,199</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,104</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,599</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +224,598 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,219</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,156</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,807</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,344</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>