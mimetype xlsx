--- v3 (2025-12-20)
+++ v4 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8fd9cff91ad74a4b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R06b6e4f61926438f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd606d83b6124439"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Refa681930c3e47c6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R112dc3a8b9724bdb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd606d83b6124439" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e3d0f4d56bd45b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Refa681930c3e47c6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Woddicks Investment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LD64</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,277</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,249</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,174</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,723</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,374</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,218</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>