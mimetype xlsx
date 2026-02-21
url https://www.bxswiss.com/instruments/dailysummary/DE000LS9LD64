--- v4 (2026-01-10)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R06b6e4f61926438f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Radb636c220424b5d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Refa681930c3e47c6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb37e48eb5124366"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e3d0f4d56bd45b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Refa681930c3e47c6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40408e60afdb48df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb37e48eb5124366" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Woddicks Investment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LD64</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>204,218</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,811</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>