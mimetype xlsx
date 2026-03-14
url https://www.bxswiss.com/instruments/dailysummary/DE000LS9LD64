--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Radb636c220424b5d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56b5d8bdddc540bc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb37e48eb5124366"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8f3111a1c1245db"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40408e60afdb48df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb37e48eb5124366" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2eca8e4be1624fdc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8f3111a1c1245db" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Woddicks Investment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LD64</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,822</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,319</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,314</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,946</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,303</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,071</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,202</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,563</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>