--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72a7d0441d684b8b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbdafd390ed0341c6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R97f989a0347a4fab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R00ff582d7cbc48ba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd286fb43f9304fb6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R97f989a0347a4fab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a7e71a0d4a840f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R00ff582d7cbc48ba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktienauswahl nach Qualität</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LD49</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,144</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>225,139</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,646</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,084</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,518</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>232,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,002</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>