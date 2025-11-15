--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbdafd390ed0341c6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2623a148b324a42" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R00ff582d7cbc48ba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reefafb09a6d24a68"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a7e71a0d4a840f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R00ff582d7cbc48ba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf67e1df583254163" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reefafb09a6d24a68" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktienauswahl nach Qualität</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LD49</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...333 lines deleted...]
-          <x:t>236,373</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>234,595</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...298 lines deleted...]
-          <x:t>233,002</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,230</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>