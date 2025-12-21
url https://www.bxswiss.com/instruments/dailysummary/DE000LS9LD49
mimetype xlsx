--- v2 (2025-11-15)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2623a148b324a42" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdeb8125063ad42b8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reefafb09a6d24a68"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R34fa16651570424a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf67e1df583254163" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reefafb09a6d24a68" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdfe13fed26cb41d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R34fa16651570424a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktienauswahl nach Qualität</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LD49</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>225,230</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,549</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>