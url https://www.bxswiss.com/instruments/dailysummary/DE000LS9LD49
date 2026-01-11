--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdeb8125063ad42b8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdba76ced142b415e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R34fa16651570424a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd85a1d05ff1044ae"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdfe13fed26cb41d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R34fa16651570424a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rabc624fc9b934c9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd85a1d05ff1044ae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktienauswahl nach Qualität</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LD49</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...328 lines deleted...]
-          <x:t>241,738</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>243,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>241,509</x:t>
-[...274 lines deleted...]
-          <x:t>238,549</x:t>
+          <x:t>247,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,887</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>