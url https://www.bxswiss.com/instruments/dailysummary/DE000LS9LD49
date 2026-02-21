--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdba76ced142b415e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R583a4c975ee84cdf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd85a1d05ff1044ae"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e6054fadeb24aea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rabc624fc9b934c9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd85a1d05ff1044ae" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R84b6152176914db4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e6054fadeb24aea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktienauswahl nach Qualität</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LD49</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...149 lines deleted...]
-          <x:t>234,691</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>235,081</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>247,887</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,495</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>