--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R583a4c975ee84cdf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b3d41995b1d4ddc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e6054fadeb24aea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b5bfde85dc1460d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R84b6152176914db4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e6054fadeb24aea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R995ab4b1c27444df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b5bfde85dc1460d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktienauswahl nach Qualität</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LD49</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>235,081</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>235,543</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>232,576</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>235,116</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>244,936</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>245,473</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>242,658</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>244,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,726</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>