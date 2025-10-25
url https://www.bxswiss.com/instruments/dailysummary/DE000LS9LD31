--- v0 (2025-10-02)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R910496b7e2164036" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R380ee13bf0214d25" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae51fc413652442b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R356c1088dd8a44d2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re0cb53bb09244f90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae51fc413652442b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf43114ef9a9d4cf3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R356c1088dd8a44d2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktienwerte Quantitativ</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LD31</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,763</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,034</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,399</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,406</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,037</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,052</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,610</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>