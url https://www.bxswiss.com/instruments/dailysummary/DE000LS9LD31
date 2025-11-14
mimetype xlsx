--- v1 (2025-10-25)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R380ee13bf0214d25" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9154113417424249" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R356c1088dd8a44d2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9af9136ae6f442b5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf43114ef9a9d4cf3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R356c1088dd8a44d2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re5d958de65d54735" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9af9136ae6f442b5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktienwerte Quantitativ</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LD31</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,656</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,142</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,977</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,941</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,564</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,739</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,700</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>