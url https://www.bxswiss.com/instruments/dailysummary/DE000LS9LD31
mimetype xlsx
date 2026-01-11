--- v2 (2025-11-14)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9154113417424249" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ddc0b29fcf440f4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9af9136ae6f442b5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbcce16dd29e54c4e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re5d958de65d54735" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9af9136ae6f442b5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2926ca0e61944f99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbcce16dd29e54c4e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktienwerte Quantitativ</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LD31</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>198,700</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,876</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>