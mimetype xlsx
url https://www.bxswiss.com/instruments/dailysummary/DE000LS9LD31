--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ddc0b29fcf440f4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a17481f2ef348dc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbcce16dd29e54c4e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R59116e65f40f4df8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2926ca0e61944f99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbcce16dd29e54c4e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raca35fcfaed94143" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R59116e65f40f4df8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktienwerte Quantitativ</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LD31</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>206,876</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,778</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>