--- v0 (2025-12-20)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc6235c39b6d407b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc92fb079de6e46a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra32a038d51794444"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R09ef839a1c96424e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7823f5b3a06c4f23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra32a038d51794444" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3112f43f2b84432" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R09ef839a1c96424e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investment in Qualität</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LD07</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,495 +149,63 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...419 lines deleted...]
-          <x:t>131,139</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,998</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,429</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...15 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,961</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,403</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,198</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,766</x:t>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,353</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,632</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,035</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>