--- v1 (2026-01-11)
+++ v2 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc92fb079de6e46a9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5e369f90acf4f3d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R09ef839a1c96424e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcddd8c2a23854c97"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3112f43f2b84432" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R09ef839a1c96424e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra1d7947fa971458a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcddd8c2a23854c97" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investment in Qualität</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LD07</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,198</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,766</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,016</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>