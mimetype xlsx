--- v2 (2026-01-12)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5e369f90acf4f3d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71197f9b8053474b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcddd8c2a23854c97"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb82cd0fa809b408f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra1d7947fa971458a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcddd8c2a23854c97" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd95a5caa668e4aae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb82cd0fa809b408f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investment in Qualität</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LD07</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>132,035</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,799</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>