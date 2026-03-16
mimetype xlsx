--- v3 (2026-02-22)
+++ v4 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71197f9b8053474b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6633580372c4bac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb82cd0fa809b408f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d0b3b3b247440da"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd95a5caa668e4aae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb82cd0fa809b408f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R237bdc7e67fa4365" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d0b3b3b247440da" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investment in Qualität</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LD07</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...149 lines deleted...]
-          <x:t>125,452</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,166</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,522</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...450 lines deleted...]
-          <x:t>124,046</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,447</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>