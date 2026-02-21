--- v0 (2025-10-25)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcafbffe90a3d41a9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1def543a1984517" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98c38a384b9041a5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f36d2e4f01046c9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d35e04f998b4936" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98c38a384b9041a5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3580b25f672f4716" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f36d2e4f01046c9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendperformer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LCB6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>255,459</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,288</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>