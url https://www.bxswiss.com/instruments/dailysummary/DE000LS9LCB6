--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1def543a1984517" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3744d66c8fe4425d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f36d2e4f01046c9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6069d7b3156d4bdf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3580b25f672f4716" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f36d2e4f01046c9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R953034e12a1343b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6069d7b3156d4bdf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendperformer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LCB6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>245,627</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>246,641</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>243,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>245,632</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>246,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>248,686</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>245,404</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>247,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,450</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>