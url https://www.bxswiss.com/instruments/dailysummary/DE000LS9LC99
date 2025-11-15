--- v0 (2025-10-04)
+++ v1 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8fd1ea54ced14947" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9cfd81be48f14fab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R715e4f0265464e27"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff1c30f82c9e4f7a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1175b07a81d94c10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R715e4f0265464e27" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09275ab9b91e495c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff1c30f82c9e4f7a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Chartaner - folge dem Momentum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LC99</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>165,428</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,111</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>