--- v1 (2025-11-15)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9cfd81be48f14fab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b4fbca02e6e451d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff1c30f82c9e4f7a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re7920e15457b447b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09275ab9b91e495c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff1c30f82c9e4f7a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5dc85f958bc48cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re7920e15457b447b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Chartaner - folge dem Momentum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LC99</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>160,111</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,613</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>