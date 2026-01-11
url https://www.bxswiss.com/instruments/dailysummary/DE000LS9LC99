--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b4fbca02e6e451d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f54e050e45e4607" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re7920e15457b447b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R31038e1c9c0849c9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5dc85f958bc48cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re7920e15457b447b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8aa9d88480d148df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R31038e1c9c0849c9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Chartaner - folge dem Momentum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LC99</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,573</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,643</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,142</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,577</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,451</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,896</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,333</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,625</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>