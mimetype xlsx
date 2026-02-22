--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f54e050e45e4607" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1187f84e0b0a4fea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R31038e1c9c0849c9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R538821f2cb0746f2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8aa9d88480d148df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R31038e1c9c0849c9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09f2dfe03a7c4d3d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R538821f2cb0746f2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Chartaner - folge dem Momentum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LC99</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...350 lines deleted...]
-          <x:t>06.01.2026</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,466</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,566</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>172,163</x:t>
-[...48 lines deleted...]
-          <x:t>171,544</x:t>
+          <x:t>169,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,894</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,334</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>170,977</x:t>
-[...31 lines deleted...]
-          <x:t>172,625</x:t>
+          <x:t>170,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,367</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>