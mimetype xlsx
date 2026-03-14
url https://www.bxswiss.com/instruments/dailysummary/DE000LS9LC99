--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1187f84e0b0a4fea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26be78ad1dbb45b4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R538821f2cb0746f2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a37751ebbd64aee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09f2dfe03a7c4d3d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R538821f2cb0746f2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9acf5560a2c44fe9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a37751ebbd64aee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Chartaner - folge dem Momentum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LC99</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,356</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,208</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,918</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,572</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,000</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>