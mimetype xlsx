--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5bdf95b67a1e4899" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d8ff1fb2c154161" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R55777c2710b64098"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R376671a202984378"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R643007b13b8444dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R55777c2710b64098" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe6890d4882e4311" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R376671a202984378" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rocket 5</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LC81</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,605 +149,200 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...323 lines deleted...]
-          <x:t>18.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,516</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,526</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>67,321</x:t>
-[...219 lines deleted...]
-        <x:is>
           <x:t>65,739</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,004</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,778</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,899</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,906</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,373</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>