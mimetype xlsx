--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d8ff1fb2c154161" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc7f12a1884e4ae9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R376671a202984378"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd8148c378f04346"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe6890d4882e4311" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R376671a202984378" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3156556cc58b40f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd8148c378f04346" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rocket 5</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LC81</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>73,373</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,173</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>