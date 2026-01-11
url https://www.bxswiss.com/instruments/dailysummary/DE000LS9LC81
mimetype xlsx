--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc7f12a1884e4ae9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4686f2bdbc0049d0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd8148c378f04346"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98ff18390c2d4f57"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3156556cc58b40f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd8148c378f04346" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R278c3023867e4589" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98ff18390c2d4f57" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rocket 5</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LC81</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...355 lines deleted...]
-          <x:t>71,900</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,588</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>71,796</x:t>
-[...236 lines deleted...]
-        <x:is>
           <x:t>73,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,136</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,462</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>