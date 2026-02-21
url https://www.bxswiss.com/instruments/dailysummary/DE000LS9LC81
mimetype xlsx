--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4686f2bdbc0049d0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25c752aab1d54cc9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98ff18390c2d4f57"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf7d6fa6bedfa45e5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R278c3023867e4589" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98ff18390c2d4f57" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4e9158a8123419e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf7d6fa6bedfa45e5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rocket 5</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LC81</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>77,462</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,445</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>