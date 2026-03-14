--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25c752aab1d54cc9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba0395a558574d12" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf7d6fa6bedfa45e5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra4bfb6bee441457f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4e9158a8123419e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf7d6fa6bedfa45e5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re9a9b5d56551420b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra4bfb6bee441457f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rocket 5</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LC81</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,234</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,673</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,740</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,362</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,544</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,259</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,365</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>