--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf89c8c99e6dc4f77" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R814a8e01c27640a8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d50bfbacf50404d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re6180a522e434799"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf30f5fe402fe4738" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d50bfbacf50404d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R838571f8153d4b1f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re6180a522e434799" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PB Value + Momentum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LC73</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...215 lines deleted...]
-          <x:t>12.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,858</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>217,796</x:t>
-[...139 lines deleted...]
-          <x:t>215,199</x:t>
+          <x:t>219,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,968</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,878</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...262 lines deleted...]
-          <x:t>221,447</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,056</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>