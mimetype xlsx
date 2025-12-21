--- v1 (2025-10-31)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R814a8e01c27640a8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R009f1055e167403f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re6180a522e434799"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra7a621d2d8ec4aac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R838571f8153d4b1f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re6180a522e434799" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ec6daf859d4425a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra7a621d2d8ec4aac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PB Value + Momentum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LC73</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>227,056</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,514</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>