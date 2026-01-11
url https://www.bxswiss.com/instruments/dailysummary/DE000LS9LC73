--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R009f1055e167403f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5cd48faaac044270" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra7a621d2d8ec4aac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35a91ddc2078498b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ec6daf859d4425a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra7a621d2d8ec4aac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03a879162e6d457f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35a91ddc2078498b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PB Value + Momentum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LC73</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,049</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,848</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,604</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,483</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,177</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,607</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,560</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>