--- v3 (2026-01-11)
+++ v4 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5cd48faaac044270" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5f719b423224de7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35a91ddc2078498b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86659040590c4385"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03a879162e6d457f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35a91ddc2078498b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R547150a833754659" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86659040590c4385" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PB Value + Momentum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LC73</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,078</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,768</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,065</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>