--- v4 (2026-01-12)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5f719b423224de7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4130c6cc6bb4aa0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86659040590c4385"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R80a843f6c48041a2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R547150a833754659" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86659040590c4385" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0019de8d57f94aaf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R80a843f6c48041a2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PB Value + Momentum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LC73</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>215,560</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,353</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>