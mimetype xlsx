--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4130c6cc6bb4aa0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd5cdda8559446f9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R80a843f6c48041a2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7459f77e74b24ca5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0019de8d57f94aaf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R80a843f6c48041a2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9baad4cd3ff240d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7459f77e74b24ca5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PB Value + Momentum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LC73</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...392 lines deleted...]
-          <x:t>193,252</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,033</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,262</x:t>
-        </x:is>
-[...241 lines deleted...]
-          <x:t>193,353</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>