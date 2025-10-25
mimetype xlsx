--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb89ca2841caa4157" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c5c040a76484ddb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R89d7421094074fd2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1f24b7f5ce54c4d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R46145a0a0f67420a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R89d7421094074fd2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra406ab18cb9d47ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1f24b7f5ce54c4d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Kleinkonzerne</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LC65</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...80 lines deleted...]
-          <x:t>05.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,109</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,686</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>69,770</x:t>
-[...549 lines deleted...]
-          <x:t>69,624</x:t>
+          <x:t>70,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,016</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>