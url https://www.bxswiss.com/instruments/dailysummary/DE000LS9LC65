--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c5c040a76484ddb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd36099c6ec3240f2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1f24b7f5ce54c4d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5dbada52789d42d1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra406ab18cb9d47ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1f24b7f5ce54c4d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0198a27c8ffb4eb6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5dbada52789d42d1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Kleinkonzerne</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LC65</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,996</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,109</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,686</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,038</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,674</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,018</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,644</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,424</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>