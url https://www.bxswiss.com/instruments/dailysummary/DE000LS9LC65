--- v2 (2025-11-15)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd36099c6ec3240f2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64ec8de6880948b8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5dbada52789d42d1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R387d481ec62a4fdd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0198a27c8ffb4eb6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5dbada52789d42d1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R819e3c2f4a4b4590" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R387d481ec62a4fdd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Kleinkonzerne</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LC65</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>68,424</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,402</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>