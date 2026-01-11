--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64ec8de6880948b8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf90ec954da4d4ac0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R387d481ec62a4fdd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R97b0fedf39bc4479"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R819e3c2f4a4b4590" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R387d481ec62a4fdd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3f52dd63c9c140fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R97b0fedf39bc4479" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Kleinkonzerne</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LC65</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,108</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,228</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,108</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,228</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,348</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,596</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,281</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,923</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>