--- v4 (2026-01-11)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf90ec954da4d4ac0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a5f14d7e65a41ce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R97b0fedf39bc4479"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfcfcb5c4f7c547c1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3f52dd63c9c140fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R97b0fedf39bc4479" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c144c058df44cfe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfcfcb5c4f7c547c1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Kleinkonzerne</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LC65</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...26 lines deleted...]
-          <x:t>11.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,603</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,233</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>70,348</x:t>
-[...26 lines deleted...]
-          <x:t>70,546</x:t>
+          <x:t>70,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,983</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,216</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...229 lines deleted...]
-          <x:t>69,975</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,751</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,029</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>69,954</x:t>
-[...139 lines deleted...]
-          <x:t>70,923</x:t>
+          <x:t>70,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,993</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>