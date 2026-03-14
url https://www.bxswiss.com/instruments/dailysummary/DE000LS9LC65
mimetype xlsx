--- v5 (2026-02-22)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a5f14d7e65a41ce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8410b519b49c4b25" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfcfcb5c4f7c547c1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R67833b93700e4232"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c144c058df44cfe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfcfcb5c4f7c547c1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c5ca833e2a54a60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R67833b93700e4232" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Kleinkonzerne</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LC65</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,486</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,751</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,029</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,261</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,074</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,226</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,937</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,660</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>