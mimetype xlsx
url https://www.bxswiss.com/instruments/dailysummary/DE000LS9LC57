--- v0 (2025-10-05)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re840b9471cc24eb8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde70d075fe184c56" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R471a2964d52c4ba0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R863387244fde4f5f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc83d0a48b724bfc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R471a2964d52c4ba0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R19c67b116b134bff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R863387244fde4f5f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wertsachen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LC57</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.09.2025</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,076</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,009</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,951</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,744</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,436</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,909</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>