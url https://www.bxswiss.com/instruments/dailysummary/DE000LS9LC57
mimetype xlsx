--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde70d075fe184c56" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6443a1a73fc54a79" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R863387244fde4f5f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R84c38516b34444f2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R19c67b116b134bff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R863387244fde4f5f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d553a98af9c4334" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R84c38516b34444f2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wertsachen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LC57</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,619</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,892</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,992</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,499</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,401</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,920</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>