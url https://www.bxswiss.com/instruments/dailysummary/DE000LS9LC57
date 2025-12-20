--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6443a1a73fc54a79" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0aabe388bef84d48" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R84c38516b34444f2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4819fa236fee48cc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d553a98af9c4334" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R84c38516b34444f2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c6803dd122a4918" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4819fa236fee48cc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wertsachen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LC57</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,617 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,223</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,382</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,824</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +224,598 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,397</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,391</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>