--- v3 (2025-12-20)
+++ v4 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0aabe388bef84d48" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86aa278eb2214820" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4819fa236fee48cc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc127149b60994771"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c6803dd122a4918" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4819fa236fee48cc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R266fdfcb678a4ff6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc127149b60994771" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wertsachen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LC57</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,403</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,377</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,226</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>