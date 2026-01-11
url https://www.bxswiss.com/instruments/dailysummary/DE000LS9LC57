--- v4 (2025-12-21)
+++ v5 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86aa278eb2214820" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56168baaded843fa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc127149b60994771"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R157d7fdc081141b4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R266fdfcb678a4ff6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc127149b60994771" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73108daaabd049d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R157d7fdc081141b4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wertsachen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LC57</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,212</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,869</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,856</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,102</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,596</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,676</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>