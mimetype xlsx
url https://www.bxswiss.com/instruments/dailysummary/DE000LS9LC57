--- v5 (2026-01-11)
+++ v6 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56168baaded843fa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75a408fcd8fc4456" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R157d7fdc081141b4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb5e0367a89194d66"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73108daaabd049d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R157d7fdc081141b4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc386863aac1d47f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb5e0367a89194d66" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wertsachen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LC57</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>163,676</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,795</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>