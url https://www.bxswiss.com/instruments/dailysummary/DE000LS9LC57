--- v6 (2026-02-22)
+++ v7 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75a408fcd8fc4456" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe61421874594513" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb5e0367a89194d66"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R876f093fa844466f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc386863aac1d47f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb5e0367a89194d66" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14413f1905b4444e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R876f093fa844466f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wertsachen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LC57</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,019</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,123</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,306</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,360</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,531</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,053</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,133</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,575</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>